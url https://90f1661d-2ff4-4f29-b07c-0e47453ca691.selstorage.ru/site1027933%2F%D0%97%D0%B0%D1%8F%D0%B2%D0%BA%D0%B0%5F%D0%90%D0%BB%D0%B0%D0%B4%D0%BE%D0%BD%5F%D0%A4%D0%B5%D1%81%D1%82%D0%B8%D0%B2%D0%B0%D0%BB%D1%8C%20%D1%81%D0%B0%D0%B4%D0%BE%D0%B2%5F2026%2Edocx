--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -68,52 +68,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ЗАЯВКА НА УЧАСТИЕ В ФЕСТИВАЛЕ</w:t>
       </w:r>
       <w:r w:rsidR="00FE7CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE7CDE" w:rsidRPr="00501CBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ЛАНДШАФТНОГО ИСКУССТВА «НАЦИОНАЛЬНЫЕ САДЫ ЮГА РОССИИ»</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aff0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3743"/>
         <w:gridCol w:w="6595"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E724B1" w:rsidTr="0085578F">
         <w:trPr>
           <w:trHeight w:val="703"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3743" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E724B1" w:rsidRDefault="00E724B1" w:rsidP="00537020">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
@@ -382,93 +380,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Опыт работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E724B1" w:rsidRDefault="00E724B1" w:rsidP="00537020">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E724B1" w:rsidRPr="0085578F" w:rsidTr="0085578F">
+      <w:tr w:rsidR="00E724B1" w:rsidRPr="006358DC" w:rsidTr="0085578F">
         <w:trPr>
           <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3743" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E724B1" w:rsidRDefault="00E724B1" w:rsidP="0085578F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Опыт участия в ландшафтных конкурсах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E724B1" w:rsidRDefault="00E724B1" w:rsidP="00537020">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E724B1" w:rsidRPr="0085578F" w:rsidTr="0085578F">
+      <w:tr w:rsidR="00E724B1" w:rsidRPr="006358DC" w:rsidTr="0085578F">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3743" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E724B1" w:rsidRDefault="00E724B1" w:rsidP="0085578F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>С</w:t>
             </w:r>
             <w:r w:rsidRPr="00537020">
               <w:rPr>
@@ -490,58 +488,123 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001F6E9C" w:rsidRPr="0085578F" w:rsidRDefault="0085578F" w:rsidP="0085578F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085578F">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Заявку необходимо направить: </w:t>
+        <w:t xml:space="preserve">Заявку необходимо направить: aladon.rostov@mail.ru или </w:t>
+      </w:r>
+      <w:r w:rsidR="006358DC">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по номеру </w:t>
       </w:r>
       <w:r w:rsidRPr="0085578F">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>aladon.rostov@mail.ru или в WhatsApp (+79185025009).</w:t>
+        <w:t>+79185025009</w:t>
+      </w:r>
+      <w:r w:rsidR="006358DC">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="006358DC">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Telegram</w:t>
+      </w:r>
+      <w:r w:rsidR="006358DC" w:rsidRPr="006358DC">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006358DC">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Max</w:t>
+      </w:r>
+      <w:r w:rsidR="006358DC" w:rsidRPr="006358DC">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006358DC">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WhatsApp</w:t>
+      </w:r>
+      <w:r w:rsidR="006358DC" w:rsidRPr="006358DC">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085578F">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0085578F" w:rsidRDefault="0085578F" w:rsidP="001F6E9C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001F6E9C" w:rsidRDefault="001F6E9C" w:rsidP="001F6E9C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -605,110 +668,130 @@
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE7CDE" w:rsidRDefault="00FE7CDE" w:rsidP="00FE7CDE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Я проинформирован, что получатель сведений гарантирует обработку моих персональных данных в соответствии с действующим законодательством Российской Федерации как неавтоматизированным, так и автоматизированным способами. Данное согласие действует до достижения целей обработки персональных данных или в течение срока хранения информации. Данное согласие может быть отозвано в любой момент по моему письменному заявлению. Я подтверждаю, что, давая такое согласие, я действую по собственной воле и в своих интересах. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF6BE3" w:rsidRDefault="00EF6BE3" w:rsidP="001F6E9C">
+    <w:p w:rsidR="006358DC" w:rsidRDefault="006358DC" w:rsidP="001F6E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006358DC" w:rsidRDefault="006358DC" w:rsidP="001F6E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="006358DC" w:rsidRDefault="006358DC" w:rsidP="001F6E9C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0081450C" w:rsidRPr="001F6E9C" w:rsidRDefault="00FE7CDE" w:rsidP="001F6E9C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Подпись ____________________                           </w:t>
       </w:r>
       <w:r w:rsidR="00625586">
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">             Дата «_____» _______________ _______г.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0081450C" w:rsidRPr="001F6E9C" w:rsidSect="00537020">
+    <w:sectPr w:rsidR="0081450C" w:rsidRPr="001F6E9C" w:rsidSect="006358DC">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="758" w:bottom="1440" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="758" w:bottom="851" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AE08A5" w:rsidRDefault="00AE08A5" w:rsidP="00FE7CDE">
+    <w:p w:rsidR="004F54E6" w:rsidRDefault="004F54E6" w:rsidP="00FE7CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AE08A5" w:rsidRDefault="00AE08A5" w:rsidP="00FE7CDE">
+    <w:p w:rsidR="004F54E6" w:rsidRDefault="004F54E6" w:rsidP="00FE7CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -736,61 +819,61 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AE08A5" w:rsidRDefault="00AE08A5" w:rsidP="00FE7CDE">
+    <w:p w:rsidR="004F54E6" w:rsidRDefault="004F54E6" w:rsidP="00FE7CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AE08A5" w:rsidRDefault="00AE08A5" w:rsidP="00FE7CDE">
+    <w:p w:rsidR="004F54E6" w:rsidRDefault="004F54E6" w:rsidP="00FE7CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
@@ -1008,57 +1091,59 @@
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="00020138"/>
     <w:rsid w:val="00026E0A"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="0005042B"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="000A0650"/>
     <w:rsid w:val="000B02D7"/>
     <w:rsid w:val="000B7556"/>
     <w:rsid w:val="000E1713"/>
     <w:rsid w:val="000E5BFC"/>
     <w:rsid w:val="00112D23"/>
     <w:rsid w:val="0015074B"/>
     <w:rsid w:val="00153244"/>
     <w:rsid w:val="00165AC0"/>
     <w:rsid w:val="001665C8"/>
     <w:rsid w:val="001D526E"/>
     <w:rsid w:val="001F6E9C"/>
     <w:rsid w:val="0029498C"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="00322377"/>
     <w:rsid w:val="00326F90"/>
     <w:rsid w:val="00327645"/>
     <w:rsid w:val="003A6E60"/>
     <w:rsid w:val="003B232A"/>
+    <w:rsid w:val="004F54E6"/>
     <w:rsid w:val="00501CBE"/>
     <w:rsid w:val="0051179F"/>
     <w:rsid w:val="00531322"/>
     <w:rsid w:val="00537020"/>
     <w:rsid w:val="005779F2"/>
     <w:rsid w:val="005D695C"/>
     <w:rsid w:val="00625586"/>
+    <w:rsid w:val="006358DC"/>
     <w:rsid w:val="00641F8D"/>
     <w:rsid w:val="00695297"/>
     <w:rsid w:val="006964AA"/>
     <w:rsid w:val="006A36B3"/>
     <w:rsid w:val="006F46E4"/>
     <w:rsid w:val="00704D5A"/>
     <w:rsid w:val="007320F0"/>
     <w:rsid w:val="007507DD"/>
     <w:rsid w:val="00755908"/>
     <w:rsid w:val="007D0A76"/>
     <w:rsid w:val="0081450C"/>
     <w:rsid w:val="00831817"/>
     <w:rsid w:val="0084004E"/>
     <w:rsid w:val="0085578F"/>
     <w:rsid w:val="0089075B"/>
     <w:rsid w:val="008A24FA"/>
     <w:rsid w:val="008B71ED"/>
     <w:rsid w:val="008D51E8"/>
     <w:rsid w:val="00937938"/>
     <w:rsid w:val="0098037D"/>
     <w:rsid w:val="009A1B64"/>
     <w:rsid w:val="009C59F4"/>
     <w:rsid w:val="009E6385"/>
     <w:rsid w:val="00A43FA5"/>
     <w:rsid w:val="00A63291"/>
@@ -1092,51 +1177,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4F6EA452"/>
+  <w14:docId w14:val="4851B30F"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{A5533B64-D53A-4E01-B1C8-C28BB75725AB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -12841,91 +12926,91 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D211F0A5-C1F2-47F0-8C04-D27BF3F66E84}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{338681A4-A0AA-40D0-84A1-34DF9C8633D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>304</Words>
-  <Characters>1738</Characters>
+  <Words>308</Words>
+  <Characters>1759</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2038</CharactersWithSpaces>
+  <CharactersWithSpaces>2063</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>