--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -79,101 +79,97 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00547EBF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Президенту Ассоциации </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRPr="00547EBF" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00547EBF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ландшафтных архитекторов Дона «АЛАДОН»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97BA1" w:rsidRPr="00547EBF" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
+    <w:p w:rsidR="00F97BA1" w:rsidRPr="00547EBF" w:rsidRDefault="002D14AC" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00547EBF">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>В.Н. Беззубову</w:t>
-      </w:r>
+        <w:t>А.С. Папкову</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t>От_</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">_________________________________________________________(Ф.И.О.) </w:t>
+        <w:t xml:space="preserve">От__________________________________________________________(Ф.И.О.) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Паспорт номер ______________выдан (кем)_____________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="23"/>
@@ -193,79 +189,67 @@
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Адрес регистрации___________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">                            </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Фактический адрес __________________________________________________ </w:t>
+        <w:t xml:space="preserve">                            Фактический адрес __________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t>______________________________________________</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">индекс_______________ </w:t>
+        <w:t xml:space="preserve">______________________________________________индекс_______________ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Дата рождения_____________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="23"/>
@@ -336,76 +320,64 @@
         </w:rPr>
         <w:t>Заявление</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00547EBF" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t>Я, _________________________</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">______________________________________________(Ф.И.О.), прошу принять меня в члены Ассоциации ландшафтных архитекторов Дона «АЛАДОН» с правом голоса /без права голоса </w:t>
+        <w:t xml:space="preserve">Я, _______________________________________________________________________(Ф.И.О.), прошу принять меня в члены Ассоциации ландшафтных архитекторов Дона «АЛАДОН» с правом голоса /без права голоса </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>(нужное подчеркнуть)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на общем собрании. Настоящим подтверждаю, что я ознакомлен с Положен</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ием о членстве в АЛАДОН, Кодексом этики ландшафтного архитектора и согласен с их положениями. </w:t>
+        <w:t xml:space="preserve"> на общем собрании. Настоящим подтверждаю, что я ознакомлен с Положением о членстве в АЛАДОН, Кодексом этики ландшафтного архитектора и согласен с их положениями. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00F97BA1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>Образование: _____________________________________________________________________</w:t>
       </w:r>
@@ -423,57 +395,51 @@
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Дата окончания профильного ВУЗа, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t>курсов:_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t>___________________________________</w:t>
-[...5 lines deleted...]
-        <w:t>_______</w:t>
+        <w:t>__________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00F97BA1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Стаж работы по </w:t>
       </w:r>
@@ -515,57 +481,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Ученая степень: __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00F97BA1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t>Место работы (*): ___________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">______ </w:t>
+        <w:t xml:space="preserve">Место работы (*): _________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00F97BA1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Должность: ______________________________________________________________________ </w:t>
       </w:r>
@@ -611,57 +571,51 @@
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547EBF" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">Подпись ____________________                                      </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Дата «_____» _______________ _______г. </w:t>
+        <w:t xml:space="preserve">Подпись ____________________                                      Дата «_____» _______________ _______г. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00F97BA1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547EBF" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -673,152 +627,114 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00F97BA1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00F97BA1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00547EBF" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Я даю свое согласие на обработку моих персональных данных, относящихся исключительно к перечисленным ниже кат</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> персональных данных, которые необходимы для достижения указанных выше целей, включая сбор, систематизацию, накопление, хранение, уточнение (обновление, изменение), использование в базе данных «Ассоциации ландшафтных архитекторов Дона». </w:t>
+        <w:t xml:space="preserve">Я даю свое согласие на обработку моих персональных данных, относящихся исключительно к перечисленным ниже категориям персональных данных: фамилия, имя, отчество; пол; дата рождения; тип документа, удостоверяющего личность; данные документа, удостоверяющего личность; адрес прописки; место работы, должность; адрес электронной почты; номер телефона; образование. Я даю согласие на использование персональных данных исключительно в целях рассмотрения моих документов, а также на хранение данных об этих результатах на электронных носителях. Настоящее согласие предоставляется мной на осуществление действий в отношении моих персональных данных, которые необходимы для достижения указанных выше целей, включая сбор, систематизацию, накопление, хранение, уточнение (обновление, изменение), использование в базе данных «Ассоциации ландшафтных архитекторов Дона». </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00F97BA1" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF" w:rsidP="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Я проинформирован</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Я проинформирован, что получатель сведений гарантирует обработку моих персональных данных в соответствии с действующим законодательством Российской Федерации как неавтоматизированным, так и автоматизированным способами. Данное согласие действует до достижения целей обработки персональных данных или в течение срока хранения информации. Данное согласие может быть отозвано в любой момент по моему письменному заявлению. Я подтверждаю, что, давая такое согласие, я действую по собственной воле и в своих интересах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F97BA1" w:rsidRDefault="00F97BA1">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>, что получатель сведений гарантирует обработку моих персональных данных в соответствии с действующим законодательством Российской Федерации как неавтоматизированным, так и автоматизированным способами. Данное согласие действует до достижения целей обработ</w:t>
-[...12 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F97BA1" w:rsidRDefault="00547EBF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
-        <w:t>Подпись _____</w:t>
-[...5 lines deleted...]
-        <w:t>_______________                                        Дата «_____» _______________ _______г.</w:t>
+        <w:t>Подпись ____________________                                        Дата «_____» _______________ _______г.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F97BA1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -835,77 +751,78 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F97BA1"/>
+    <w:rsid w:val="002D14AC"/>
     <w:rsid w:val="00547EBF"/>
     <w:rsid w:val="00F97BA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="38D35FE3"/>
+  <w14:docId w14:val="39AB0ECD"/>
   <w15:docId w15:val="{027C36F4-0A04-4FE6-9280-1CB3C56F071F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="264" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -1508,51 +1425,50 @@
     <w:rPr>
       <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:link w:val="5"/>
     <w:rPr>
       <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="11">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:link w:val="10"/>
     <w:rPr>
       <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="Основной шрифт абзаца1"/>
-    <w:link w:val="13"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
     <w:name w:val="Гиперссылка1"/>
     <w:link w:val="a3"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:link w:val="13"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footnote">
     <w:name w:val="Footnote"/>
     <w:link w:val="Footnote0"/>
     <w:pPr>
       <w:ind w:firstLine="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
@@ -1958,48 +1874,48 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>508</Words>
-  <Characters>2901</Characters>
+  <Characters>2899</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3403</CharactersWithSpaces>
+  <CharactersWithSpaces>3401</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>