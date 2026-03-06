--- v0 (2025-12-05)
+++ v1 (2026-03-06)
@@ -109,90 +109,101 @@
         </w:rPr>
         <w:t>Ассоциаци</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r w:rsidRPr="002D36EE">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> ландшафтных архитекторов Дона</w:t>
       </w:r>
       <w:r w:rsidR="007735A8">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> «АЛАДОН»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D36EE" w:rsidRDefault="002D36EE" w:rsidP="002D36EE">
+    <w:p w:rsidR="002D36EE" w:rsidRDefault="0095343A" w:rsidP="002D36EE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>В.Н. Беззубову</w:t>
-      </w:r>
+        <w:t xml:space="preserve">А.С. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Папкову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00A03685" w:rsidRDefault="00A03685" w:rsidP="002D36EE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>От _____________</w:t>
       </w:r>
       <w:r w:rsidR="002D36EE">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>___________________________________________________</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="002D36EE" w:rsidRPr="00A03685" w:rsidRDefault="00A03685" w:rsidP="00A03685">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">                             </w:t>
       </w:r>
       <w:r w:rsidRPr="00A03685">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(название организации</w:t>
       </w:r>
       <w:r w:rsidR="002D36EE" w:rsidRPr="00A03685">
@@ -639,52 +650,50 @@
       </w:r>
       <w:r w:rsidR="007735A8">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>Оплату вступительного членского взноса и последующих ежегодных членских взносов гарантируем.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006B0F13" w:rsidRDefault="006B0F13" w:rsidP="00A03685">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:kern w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="456"/>
         <w:gridCol w:w="4075"/>
         <w:gridCol w:w="5925"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A03685" w:rsidTr="00A03685">
         <w:trPr>
@@ -2047,85 +2056,86 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C6037B"/>
     <w:rsid w:val="000F1B11"/>
     <w:rsid w:val="002D36EE"/>
     <w:rsid w:val="0036209A"/>
     <w:rsid w:val="00475755"/>
     <w:rsid w:val="004A12B8"/>
     <w:rsid w:val="005D5817"/>
     <w:rsid w:val="006A6143"/>
     <w:rsid w:val="006B0F13"/>
     <w:rsid w:val="006B5B83"/>
     <w:rsid w:val="00700AE8"/>
     <w:rsid w:val="00756A19"/>
     <w:rsid w:val="007735A8"/>
+    <w:rsid w:val="0095343A"/>
     <w:rsid w:val="009F7B0B"/>
     <w:rsid w:val="00A03685"/>
     <w:rsid w:val="00A06C04"/>
     <w:rsid w:val="00B43B4B"/>
     <w:rsid w:val="00C6037B"/>
     <w:rsid w:val="00D05F21"/>
     <w:rsid w:val="00DB451A"/>
     <w:rsid w:val="00E153B8"/>
     <w:rsid w:val="00F159FC"/>
     <w:rsid w:val="00FC3628"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2C4C705D"/>
+  <w14:docId w14:val="4D532F2C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FE6DB9AC-7051-4DC4-A7A2-3BD0920AF348}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2894,69 +2904,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>298</Words>
-  <Characters>1703</Characters>
+  <Characters>1701</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1998</CharactersWithSpaces>
+  <CharactersWithSpaces>1996</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>п п</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>