--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -372,4659 +372,6292 @@
     </w:p>
     <w:p w:rsidR="00DB56FF" w:rsidRDefault="00DB56FF" w:rsidP="00537020">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1.3. Сроки проведения </w:t>
       </w:r>
       <w:r w:rsidRPr="00501CBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>фестиваля ландшафтного искусства «НАЦ</w:t>
+        <w:t>фестиваля ландшафтного искусства «НАЦИОНАЛЬНЫЕ САДЫ ЮГА РОССИИ»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 15 ноября 2025 г. по 18 мая 2027 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E724B1" w:rsidRPr="00537020" w:rsidRDefault="00E724B1" w:rsidP="00537020">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1.4. Участие в фестивале бесплатное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC2356" w:rsidRDefault="00165AC0" w:rsidP="00AC2356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E724B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. В целях реализации настоящего Положения применяются следующие понятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356" w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявление участника конкурса, составленное в произвольной форме в</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356" w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствии с требованиями, установленными Приложением № 1 «Состав, содержание и</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356" w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>требования к оформлению заявки» к настоящему Положению (далее – Приложение № 1) и</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356" w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выражающ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ее волеизъявление на участие в к</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356" w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>онкурсе и согласие со всеми условиями</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63291">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356" w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>онкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC2356" w:rsidRDefault="00165AC0" w:rsidP="00AC2356">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Участник конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – заинтересованное лицо (физическое, юридическое или творческое объединение)</w:t>
+      </w:r>
+      <w:r w:rsidR="0098037D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, подавшее заявку на участие в к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>онкурсе. Участником может быть: профессиональный архитектор, ландшафтный архитектор, дизайнер, художник, скульптор, студент профильного ВУЗа.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2356" w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Участником Конкурса не может являться член Жюри.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC2356" w:rsidRDefault="00AC2356" w:rsidP="00AC2356">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсное предложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – это комплект документов, включающий заявку и эскизный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проект выставочного сада (ландшафтной композиции), подготовленный участником</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурса в соответствии с требованиями настоящего Положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC2356" w:rsidRPr="00AC2356" w:rsidRDefault="00AC2356" w:rsidP="00AC2356">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Конкурс эскизных проектов –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процедура отбора лучших эскизных проектов выставочных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>садов (ландшафтных композиций) из числа представленных участниками конкурса для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>последующей реализации проектов на Фестивале.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507DD" w:rsidRDefault="00165AC0" w:rsidP="007507DD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC2356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выставочный сад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="007507DD" w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>это устанавливаемые ландшафтные объекты (ландшафтные композиции), включающие ассортимент</w:t>
+      </w:r>
+      <w:r w:rsidR="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007507DD" w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>разнообразной живой растительности</w:t>
+      </w:r>
+      <w:r w:rsidR="0029498C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, малых архитектурных форм,</w:t>
+      </w:r>
+      <w:r w:rsidR="007507DD" w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0029498C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>являющихся</w:t>
+      </w:r>
+      <w:r w:rsidR="007507DD" w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> частью художественно-деко</w:t>
+      </w:r>
+      <w:r w:rsidR="0098037D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рационного оформления Фестиваля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081450C" w:rsidRDefault="00165AC0" w:rsidP="00537020">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жюри Конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – группа экспертов в сфере архитектуры, ландшафтного дизайна и смежных дисциплин, оценивающая проекты и определяющая победителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507DD" w:rsidRDefault="007507DD" w:rsidP="007507DD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсные критерии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – критерии, в соответствии с которыми Жюри оценивает и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сопоставляет между собой заявки, представленные участниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007507DD" w:rsidRDefault="007507DD" w:rsidP="007507DD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Победитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – участник </w:t>
+      </w:r>
+      <w:r w:rsidR="00641F8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фестиваля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00641F8D" w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чей проект </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">набирает </w:t>
+      </w:r>
+      <w:r w:rsidR="00641F8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>максимальное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007507DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">количество </w:t>
+      </w:r>
+      <w:r w:rsidR="00641F8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>баллов по конкурсным критериям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60DF5" w:rsidRDefault="00DB56FF" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1.5</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D60DF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Цели и задачи Фестиваля:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60DF5" w:rsidRPr="00D60DF5" w:rsidRDefault="00D60DF5" w:rsidP="00D60DF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D60DF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- продвижен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60DF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ландшафтной культуры и искусства в регионе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60DF5" w:rsidRPr="00D60DF5" w:rsidRDefault="00D60DF5" w:rsidP="00D60DF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- раскрытие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60DF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> роли зеленых общественных пространств в городской среде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60DF5" w:rsidRPr="00D60DF5" w:rsidRDefault="00D60DF5" w:rsidP="00D60DF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- выявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60DF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талантливых мастеров и новых имен в профессии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60DF5" w:rsidRPr="00D60DF5" w:rsidRDefault="00D60DF5" w:rsidP="00D60DF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- популяризация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60DF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отечественного посадочного материала и садовой продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60DF5" w:rsidRDefault="00D60DF5" w:rsidP="00D60DF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D60DF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- созда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D60DF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уникальных выставочных садов, доступных для горожан</w:t>
+      </w:r>
+      <w:r w:rsidR="0098037D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0098037D" w:rsidRDefault="0098037D" w:rsidP="00D60DF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- вклад в развитие Ботанического сада ЮФУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0098037D" w:rsidRDefault="0098037D" w:rsidP="00D60DF5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081450C" w:rsidRPr="008A24FA" w:rsidRDefault="00165AC0" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. СРОКИ И ПОРЯДОК ПРОВЕДЕНИЯ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="008A24FA" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00755908">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фестиваль </w:t>
+      </w:r>
+      <w:r w:rsidR="0098037D" w:rsidRPr="00501CBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ландшафтного искусства «НАЦИОНАЛЬНЫЕ САДЫ ЮГА РОССИИ» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводится в </w:t>
+      </w:r>
+      <w:r w:rsidR="00F45DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>четыре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRDefault="00755908" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2. Первый этап </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прием конкурсных </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявок</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводится в период с</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0098037D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0098037D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="0098037D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="00992F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="0098037D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года включительно. Участники направляют конкурсные</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предложения в электронном виде по адресу: aladon.rostov@mail.ru с темой письма</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Конкурсное предложение на Фестиваль </w:t>
+      </w:r>
+      <w:r w:rsidR="005D695C" w:rsidRPr="00501CBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«НАЦИОНАЛЬНЫЕ САДЫ ЮГА РОССИИ»</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, или в </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64" w:rsidRPr="009A1B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:r w:rsidR="00992F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00992F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Telegram</w:t>
+      </w:r>
+      <w:r w:rsidR="00992F0A" w:rsidRPr="00992F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00992F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Max</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (+79185025009).</w:t>
+      </w:r>
+      <w:r w:rsidR="00F45DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Место строительства сада участником фестиваля согласуется с Организатором в процессе формирования проекта.  </w:t>
+      </w:r>
+      <w:r w:rsidR="005D695C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для </w:t>
+      </w:r>
+      <w:r w:rsidR="005D695C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">выбора места и получения всех необходимых исходных данных необходимо связаться с </w:t>
+      </w:r>
+      <w:r w:rsidR="00992F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Куратором Фестиваля</w:t>
+      </w:r>
+      <w:r w:rsidR="005D695C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по номеру телефона +79185025009 (Папков Антон Сергеевич).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F45DA0" w:rsidRPr="008A24FA" w:rsidRDefault="00F45DA0" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="008A24FA" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурсной</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявки установлена</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложении № 1 к настоящему Положению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="008A24FA" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2.2. Участник конкурса вправе внести изменения в свою заявку, направив извещение о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>внесении изменений в конкурсную заявку с приложением измененных документов не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>позднее чем за 3 (три) рабочих дня до окончания срока приема конкурсных предложений,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>указанного в п. 2.2 настоящего Положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRDefault="008A24FA" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.3. В течение 3 (трех) рабочих дней со дня получения заявки </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7E6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организатор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> присваивает</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заинтересованному лицу учетный номер участника конкурса и направляет ему уведомление</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об этом. Уведомление о присвоении номера участника Конкурса направляется</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заинтересованному лицу в заявленные сроки по адресу электронной почты, указанному им</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в заявке. Заинтересованное лицо становится участником конкурса и считается</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зарегистрированным только после присвоения ему Исполнителем учетного номера</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>участника конкурса. Заявка заинтересованного лица на участие в Конкурсе, не принятая</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7E6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организатором</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, возвращается заинтересованному лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1E41" w:rsidRPr="00C01FDE" w:rsidRDefault="00BB1E41" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01FDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2.4. Участник вправе подать несколько заявок с разными проектами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB1E41" w:rsidRPr="008A24FA" w:rsidRDefault="00BB1E41" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01FDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2.5. Конкурсная заявка на коллективный проект подается единая, с указанием всех участников творческого объединения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="008A24FA" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. На Конкурс возможна подача проектов, которые ранее участвовали в других</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурсах, но никогда не были реализованы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="00BB1E41" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2.7</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7E6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организатор</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право отказать заинтересованному лицу в регистрации в</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>качестве участника конкурса по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="006A36B3" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурсное предложение не соответствует требованиям, предъявляемым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящим Положением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="006A36B3" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурсное предложение подано с нарушением сроков подачи, предусмотренных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящим Положением.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F45DA0" w:rsidRPr="00F45DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00704D5A" w:rsidRPr="008A24FA" w:rsidRDefault="008A24FA" w:rsidP="00704D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3. Второй этап </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оценка эскизных проектов </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7E6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводится </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC711B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организатором</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A0650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на соответствие тематике фестиваля </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7E6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>роводится в период с</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00992F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF05E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2026 г. по </w:t>
+      </w:r>
+      <w:r w:rsidR="00992F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF05E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A0650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00704D5A" w:rsidRPr="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Результаты размещаются на официальной странице Организатора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00704D5A" w:rsidRPr="00165AC0" w:rsidRDefault="00704D5A" w:rsidP="000B7556">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB56FF" w:rsidRDefault="008A24FA" w:rsidP="00165AC0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2.4. Третий этап</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB56FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00165AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реализация проектов </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556" w:rsidRPr="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фестивал</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556" w:rsidRPr="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F46E4" w:rsidRPr="006F46E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ландшафтного искусства «НАЦИОНАЛЬНЫЕ САДЫ ЮГА РОССИИ»</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB56FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Строительство садов участниками проводится с 23.05.202</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1713">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00992F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по 16.05.2027</w:t>
+      </w:r>
+      <w:r w:rsidR="00090FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB56FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00090FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Закладка садов приурочена к проведению Весеннего ландшафтного семинара. В период 20-25 мая 2026 года необходимо произвести подготовку участка к реализации строительства сада, высадить основные растения, установить и смонтировать необходимые конструкции (по усмотрению автора сада). Окончательный монтаж конструкций, декорирование, дизайн необходимо закончить до 16.05.2027 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB56FF" w:rsidRDefault="00DB56FF" w:rsidP="00165AC0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0084004E" w:rsidRDefault="00DB56FF" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.5 Четвертый этап - о</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556" w:rsidRPr="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ценка </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выставочных садов</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556" w:rsidRPr="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> членами Жюри по конкурсным критериям и отбор победителей </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фестиваля</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556" w:rsidRPr="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основе рейтинга </w:t>
+      </w:r>
+      <w:r w:rsidR="000A0650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556" w:rsidRPr="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7556">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>роводится</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в день </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>празднования 100-летия Ботанического сада ЮФУ 18 мая 2027 г.</w:t>
+      </w:r>
+      <w:r w:rsidR="0084004E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="007320F0" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Награждение победителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0006">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> состоится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0006">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>19 мая 2027 г. в актовом зале Ботанического сада ЮФУ в торжественной обстановке.</w:t>
+      </w:r>
+      <w:r w:rsidR="0084004E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Результаты размещаются на</w:t>
+      </w:r>
+      <w:r w:rsidR="006A36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>официальной странице Организатора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00322377" w:rsidRDefault="00322377" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="008A24FA" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="005779F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Полномочия </w:t>
+      </w:r>
+      <w:r w:rsidR="001665C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организатора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="006A36B3" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведение Конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="005779F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проектов и Фестиваля</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="006A36B3" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовка информационных материалов для участников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="00327645" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публикации в СМИ и размещение информации о проведении Конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="005779F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фестиваля</w:t>
+      </w:r>
+      <w:r w:rsidR="0051179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>медиаресурсах партнеров, профессио</w:t>
+      </w:r>
+      <w:r w:rsidR="0051179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нальных конференциях, семинарах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="00327645" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прием конкурсных </w:t>
+      </w:r>
+      <w:r w:rsidR="0051179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявок</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="00327645" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> определение состава Жюри;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="00327645" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разработка критериев оценки эскизн</w:t>
+      </w:r>
+      <w:r w:rsidR="0051179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ых проектов участников конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="00327645" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведение протоколов Жюри;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRDefault="00327645" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставление разъяснений положений конкурсной документации участникам</w:t>
+      </w:r>
+      <w:r w:rsidR="0051179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0051179F" w:rsidRDefault="0051179F" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- предоставление территории для строительства конкурсного сада;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0051179F" w:rsidRDefault="0051179F" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- осуществление собственными силами </w:t>
+      </w:r>
+      <w:r w:rsidR="000A0650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ух</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>одных работ за выставочными композициями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0051179F" w:rsidRPr="008A24FA" w:rsidRDefault="0051179F" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="005779F2" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.7</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Полномочия и организация деятельности Жюри.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="00CD43A5" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.7</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1. В целях проведения и подведения итогов </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фестиваля</w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создается Жюри, состав которого</w:t>
+      </w:r>
+      <w:r w:rsidR="00327645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утверждается </w:t>
+      </w:r>
+      <w:r w:rsidR="006964AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организатором</w:t>
+      </w:r>
+      <w:r w:rsidR="00327645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Координацию работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00327645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A24FA" w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жюри осуществляет администратор Конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRPr="008A24FA" w:rsidRDefault="008A24FA" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3. Члены Жюри выставляют каждому конкурсному </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>саду</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0089075B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>баллы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. На основе </w:t>
+      </w:r>
+      <w:r w:rsidR="0089075B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составляется</w:t>
+      </w:r>
+      <w:r w:rsidR="00327645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рейтинг. По результатам оценки конкурсных </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3075">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>садов</w:t>
+      </w:r>
+      <w:r w:rsidR="00327645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>составляется протокол. Протокол подписывается всеми членами Жюри.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A24FA" w:rsidRDefault="008A24FA" w:rsidP="008A24FA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.4. В своей работе Жюри руководствуется принципами профессионализма, критериями</w:t>
+      </w:r>
+      <w:r w:rsidR="00327645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>технической и эстетической оценки проектов, а также</w:t>
+      </w:r>
+      <w:r w:rsidR="00327645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081450C" w:rsidRPr="00C014BE" w:rsidRDefault="00165AC0" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. ТРЕБОВАНИЯ К СОДЕРЖАНИЮ И ОФОРМЛЕНИЮ ПРОЕКТА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3.1. Тема и концепция эскизного проекта должны соответствовать теме конкурсного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>задания. Тема конкурсного задания 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0EFC" w:rsidRPr="00DD0EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«НАЦИОНАЛЬНЫЕ САДЫ ЮГА РОССИИ»</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3.2. В эскизном проекте выставо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чного сада должны быть указаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3.2.1. Название проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3.2.2. Авторы эскизного проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3.2.3. Текст, поясняющий эскиз проекта (пояснительная записка или концепция), длиной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>не более 800 печатных знаков, в котором указывается: идея (описание замысла автора),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>используемый материал, иная информация по желанию участника конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3.2.4. Площадь выставочного сада. Участник самостоятельно определяет номинацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">площади сада: на выбор – </w:t>
+      </w:r>
+      <w:r w:rsidR="00090FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100 кв.м., </w:t>
+      </w:r>
+      <w:r w:rsidR="00090FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50 кв.м. или </w:t>
+      </w:r>
+      <w:r w:rsidR="00090FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20 кв.м.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3.2.5. Генеральный план выставочного сада, на котором показываются: планировка,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мно-пространственные решения, расположение основных групп растений,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>конструктивных и архитектурных элементов, и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В состав эскиза также должны входить визуализации сада с основных видовых точек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и детализация важных элементов ландшафта и зоны сада.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Участники выбирают способ визуализации таким образом, чтобы он наилучшим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образом отображал основную идею концепции ландшафтного проекта. Это может</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>быть</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как черно-белая проектная графика, акварельные рисунки, эскизная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>трехмерная компьютерная модель ландшафта, так и смешанная техника подачи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Эскизный проект выполняется в произвольном масштабе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рекомендуется использовать формат jpg/jpeg, размер – от 1500 до 2000 точек по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>длинной стороне, горизонтальная подача.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оптимальное соотношение сторон 1500х1000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD0EFC" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.6. Ассортиментная ведомость растений и базовый сметный расчет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Цены на стоимость посадочного материала, а также других элементов должны иметь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>публичные референсы в русскоязычном сегменте сети Интернет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае использования в проекте ландшафтного или посадочного материала,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>представленного Участником по специальным или партнерским ценам, это должно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>быть отражено в смете.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При составлении ассортиментной ведомости растений необходимо учитывать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сезонную декоративность и доступность растений в период фактической реализации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проекта (</w:t>
+      </w:r>
+      <w:r w:rsidR="00831817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>май-июнь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Участники должны учитывать техническую реализуемость проектов, исходя из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>доступности отделочных материалов, простоты монтажа конструкций и элементов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>благоустройства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRPr="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конструкции садов должны предусматривать безопасную фактическую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>эксплуатацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C014BE" w:rsidRDefault="00C014BE" w:rsidP="00C014BE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C014BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3.2.7. При необходимости следует указать в проекте точки подвода электричества и воды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081450C" w:rsidRPr="00153244" w:rsidRDefault="00165AC0" w:rsidP="00153244">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00153244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. ЖЮРИ И КРИТЕРИИ ОЦЕНКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00153244" w:rsidRDefault="00165AC0" w:rsidP="00153244">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. Для подведения итогов </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фестиваля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формируется Жюри, состав которого утверждается </w:t>
+      </w:r>
+      <w:r w:rsidR="000B02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организатором</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E6385" w:rsidRDefault="00165AC0" w:rsidP="00625586">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. Жюри оценивает </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6385">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выставочные сады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по критериям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0084004E" w:rsidRPr="0084004E" w:rsidRDefault="0084004E" w:rsidP="00625586">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084004E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– соответствие теме Конкурса (максимально 10 баллов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0084004E" w:rsidRPr="0084004E" w:rsidRDefault="0084004E" w:rsidP="00625586">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084004E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– оригинальность идеи (максимально 10 баллов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0084004E" w:rsidRPr="0084004E" w:rsidRDefault="0084004E" w:rsidP="00625586">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084004E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– художественная выразительность и композиция (максимально 10 баллов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0084004E" w:rsidRPr="0084004E" w:rsidRDefault="0084004E" w:rsidP="00625586">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084004E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– экологичность и подбор растений (максимально 10 баллов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E6385" w:rsidRDefault="0084004E" w:rsidP="00625586">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084004E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– техническая реализуемость и качество проработки (максимально 10 баллов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E6385" w:rsidRDefault="00165AC0" w:rsidP="00153244">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4.3. Жюри присуждает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E6385" w:rsidRDefault="00165AC0" w:rsidP="00625586">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– Гран-при;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E6385" w:rsidRDefault="00165AC0" w:rsidP="00625586">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– Золотую, Серебряную и Бронзовую медали;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00531322" w:rsidRPr="00537020" w:rsidRDefault="00165AC0" w:rsidP="00531322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– специальные дипломы и призы </w:t>
+      </w:r>
+      <w:r w:rsidR="000B02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>спонсоров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRPr="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. ПАРТНЕРСКАЯ ПРОГРАММА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7AED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7AED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Цель партн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7AED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рской программы — объединить компании, которые заинтересованы в продвижении экологичных, инновационных и эстетически значимых решений в области ландшафтной архитектуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.1.1. Все партне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7AED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ры получают официальный статус участника Фестиваля и интегрируются в информационную и событийную часть проекта согласно выбранному пакету сотрудничества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. Партнерская структура включает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>три</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уровня: партнер </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проекта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, официальный партнер, генеральный партнер. Каждый уровень имеет свой набор условий, прав и возможностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C0139A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Партнер проекта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – участвует </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D425FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в строительстве сада участник</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D425FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса, предоставляя материалы или иную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>финансовую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D425FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощь.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оплачивает организационный взнос в размере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20 000 рублей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRPr="00FB2997" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00090FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Партне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проекта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>получает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRPr="007F7C21" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009617AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Размещение логотипа на информационных табличках тех садов, которые поддержаны партнером.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009617AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Расположение стенда с раздаточной полиграфией рядом с теми садами, которые поддержаны партнером.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Упоминание в итоговой публикации фестиваля в соцсетях и на сайте АЛАДОН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7702D" w:rsidRDefault="00A23F7A" w:rsidP="00D7702D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009617AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бл</w:t>
+      </w:r>
+      <w:r w:rsidR="00090FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>агодарственное письмо от АЛАДОН и ректора Южного Федерального Университета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7702D" w:rsidRPr="009617AA" w:rsidRDefault="00D7702D" w:rsidP="00D7702D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00622B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Упоминание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соцсетях и на сайте Ботанического сада Юж</w:t>
+      </w:r>
+      <w:r w:rsidR="00622B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ного Федерального Университета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001523EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Официальный партнер (расширенный уровень)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оплачивает организационный взнос в размере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0 000 рублей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Официальный партне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р получает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009617AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Расположение стенда с раздаточной полиграфией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на территории Фестиваля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Упоминание в итоговой публикации фестиваля в соцсетях и на сайте АЛАДОН</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Благодарственное письмо от АЛАДОН</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Размещение логотипа на пресс-волле, сайте АЛАДОН, печатных материалах и баннерах, отчетном видеоролике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRPr="00325A9E" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00090FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Показ видеоролика до 1 мин (при наличии технической возможности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00960ED0" w:rsidP="00960ED0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="00325A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="00325A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Объявление со сцены ведущим в день праздничного награждения конкурсантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRPr="00FB2997" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">5.5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001523EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Генеральный партнер (высший статус)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оплачивает организационный взнос в размере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00325A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00960ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0 000 рублей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Генеральный партне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB2997">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р получает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Размещение логотипа на информационных табличках всех садов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00960ED0" w:rsidRPr="007F7C21" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009617AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Расположение стенда с раздаточной полиграфией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на территории Фестиваля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Упоминание в итоговой публикации фестиваля в соцсетях и на сайте АЛАДОН</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00960ED0" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Благодарственное письмо от АЛАДОН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="00A7532C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Размещение логотипа на пресс-волле, сайте АЛАДОН, печатных материалах и баннерах, отчетном видеоролике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00960ED0" w:rsidRPr="00A7532C" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Показ видеоролика до 2 мин (при наличии технической возможности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Объявление со сцены ведущим в день праздничного награждения конкурсантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00960ED0" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Пр</w:t>
+      </w:r>
+      <w:r w:rsidR="00E922AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ава на брендирование Фестиваля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выступление представителя партнера на мероприятии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00960ED0" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="00325A9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23F7A" w:rsidRPr="008A55A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Проведение отдельной активности, мастер-класса или розыгрыша (по запросу).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622B91" w:rsidRPr="00325A9E" w:rsidRDefault="00622B91" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Упоминание в соцсетях и на сайте Ботанического сада Южного Федерального Университета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.6. Для участия в партнерской программе необходимо заполнить заявку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в электронном </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B51CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>виде на странице фестиваля на сайте ala-don.ru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A23F7A" w:rsidRPr="00CA7AED" w:rsidRDefault="00A23F7A" w:rsidP="00A23F7A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00090FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00501CBE">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> с 15 ноября 2025 г. по 18 мая 2027 г.</w:t>
+        <w:t xml:space="preserve">. Партнерский взнос оплачивается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>единовременно на расчетный счет Ассоциации АЛАДОН.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E724B1" w:rsidRPr="00537020" w:rsidRDefault="00E724B1" w:rsidP="00537020">
+    <w:p w:rsidR="0081450C" w:rsidRPr="00960ED0" w:rsidRDefault="00960ED0" w:rsidP="00960ED0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00165AC0" w:rsidRPr="00960ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00112D23" w:rsidRDefault="00E922AF" w:rsidP="00537020">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>1.4. Участие в фестивале бесплатное.</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00165AC0" w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="0084004E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Все участники Фестиваля обязаны руководствоваться настоящим</w:t>
+      </w:r>
+      <w:r w:rsidR="00165AC0" w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положение</w:t>
+      </w:r>
+      <w:r w:rsidR="0084004E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00165AC0" w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.2. Положение размещается на официальных ресурсах Ассоциации ландшафтных архитекторов Дона в открытом доступе. Организатор</w:t>
+      </w:r>
+      <w:r w:rsidR="00112D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право вносить изменения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC2356" w:rsidRDefault="00165AC0" w:rsidP="00AC2356">
-[...171 lines deleted...]
-    <w:p w:rsidR="00AC2356" w:rsidRDefault="00165AC0" w:rsidP="00AC2356">
+    <w:p w:rsidR="00112D23" w:rsidRDefault="00E922AF" w:rsidP="00537020">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC2356">
-[...32 lines deleted...]
-      <w:r w:rsidR="00AC2356">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="000B02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.3. Направляя конкурсную</w:t>
+      </w:r>
+      <w:r w:rsidR="00165AC0" w:rsidRPr="00537020">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AC2356" w:rsidRPr="00AC2356">
-[...5 lines deleted...]
-        <w:t>Участником Конкурса не может являться член Жюри.</w:t>
+      <w:r w:rsidR="000B02D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявку</w:t>
+      </w:r>
+      <w:r w:rsidR="00165AC0" w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, участник предоставляет согласие на обработку персональных данных.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC2356" w:rsidRDefault="00AC2356" w:rsidP="00AC2356">
+    <w:p w:rsidR="0081450C" w:rsidRDefault="00E922AF" w:rsidP="00537020">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC2356">
-[...15 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-        <w:t>конкурса в соответствии с требованиями настоящего Положения.</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00165AC0" w:rsidRPr="00537020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.4. Участник гарантирует, что является автором представленного проекта и не нарушает права третьих лиц. Ответственность за соблюдение авторских прав несет участник.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC2356" w:rsidRPr="00AC2356" w:rsidRDefault="00AC2356" w:rsidP="00AC2356">
+    <w:p w:rsidR="00E922AF" w:rsidRDefault="00E922AF" w:rsidP="00537020">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC2356">
-[...4265 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="0081450C" w:rsidRPr="00FE7CDE" w:rsidRDefault="00165AC0" w:rsidP="001D526E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Приложение № 1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D526E" w:rsidRDefault="00026E0A" w:rsidP="001D526E">
       <w:pPr>
@@ -5350,94 +6983,94 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Опыт работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6770" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E724B1" w:rsidRDefault="00E724B1" w:rsidP="00537020">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E724B1" w:rsidRPr="002C7252" w:rsidTr="001F6E9C">
+      <w:tr w:rsidR="00E724B1" w:rsidRPr="00A23F7A" w:rsidTr="001F6E9C">
         <w:trPr>
           <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E724B1" w:rsidRDefault="00E724B1" w:rsidP="00E724B1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Опыт участия в ландшафтных конкурсах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6770" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E724B1" w:rsidRDefault="00E724B1" w:rsidP="00537020">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E724B1" w:rsidRPr="002C7252" w:rsidTr="001F6E9C">
+      <w:tr w:rsidR="00E724B1" w:rsidRPr="00A23F7A" w:rsidTr="001F6E9C">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E724B1" w:rsidRDefault="00E724B1" w:rsidP="00537020">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>С</w:t>
             </w:r>
             <w:r w:rsidRPr="00537020">
@@ -5605,74 +7238,74 @@
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Подпись ____________________                           </w:t>
       </w:r>
       <w:r w:rsidR="00625586">
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">             Дата «_____» _______________ _______г.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0081450C" w:rsidRPr="001F6E9C" w:rsidSect="00537020">
+    <w:sectPr w:rsidR="0081450C" w:rsidRPr="001F6E9C" w:rsidSect="00090FF8">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="758" w:bottom="1440" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="758" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009B1BCD" w:rsidRDefault="009B1BCD" w:rsidP="00FE7CDE">
+    <w:p w:rsidR="00886658" w:rsidRDefault="00886658" w:rsidP="00FE7CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009B1BCD" w:rsidRDefault="009B1BCD" w:rsidP="00FE7CDE">
+    <w:p w:rsidR="00886658" w:rsidRDefault="00886658" w:rsidP="00FE7CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5700,61 +7333,61 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009B1BCD" w:rsidRDefault="009B1BCD" w:rsidP="00FE7CDE">
+    <w:p w:rsidR="00886658" w:rsidRDefault="00886658" w:rsidP="00FE7CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009B1BCD" w:rsidRDefault="009B1BCD" w:rsidP="00FE7CDE">
+    <w:p w:rsidR="00886658" w:rsidRDefault="00886658" w:rsidP="00FE7CDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
@@ -5952,153 +7585,162 @@
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="00020138"/>
     <w:rsid w:val="00026E0A"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="0005042B"/>
     <w:rsid w:val="0006063C"/>
+    <w:rsid w:val="00090FF8"/>
     <w:rsid w:val="000A0650"/>
     <w:rsid w:val="000B02D7"/>
     <w:rsid w:val="000B7556"/>
     <w:rsid w:val="000E1713"/>
     <w:rsid w:val="000E5BFC"/>
     <w:rsid w:val="00112D23"/>
     <w:rsid w:val="0015074B"/>
     <w:rsid w:val="00153244"/>
     <w:rsid w:val="00165AC0"/>
     <w:rsid w:val="001665C8"/>
     <w:rsid w:val="001D526E"/>
     <w:rsid w:val="001F6E9C"/>
     <w:rsid w:val="0029498C"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="002C7252"/>
     <w:rsid w:val="00322377"/>
     <w:rsid w:val="00326F90"/>
     <w:rsid w:val="00327645"/>
     <w:rsid w:val="003A6E60"/>
     <w:rsid w:val="003B232A"/>
     <w:rsid w:val="00501CBE"/>
     <w:rsid w:val="0051179F"/>
     <w:rsid w:val="00531322"/>
     <w:rsid w:val="00537020"/>
     <w:rsid w:val="005779F2"/>
     <w:rsid w:val="005D695C"/>
+    <w:rsid w:val="00622B91"/>
     <w:rsid w:val="00625586"/>
     <w:rsid w:val="00641F8D"/>
     <w:rsid w:val="00695297"/>
     <w:rsid w:val="006964AA"/>
     <w:rsid w:val="006A36B3"/>
     <w:rsid w:val="006F46E4"/>
     <w:rsid w:val="00704D5A"/>
     <w:rsid w:val="007320F0"/>
     <w:rsid w:val="007507DD"/>
     <w:rsid w:val="00755908"/>
+    <w:rsid w:val="007C25F1"/>
     <w:rsid w:val="007D0A76"/>
     <w:rsid w:val="0081450C"/>
     <w:rsid w:val="00831817"/>
     <w:rsid w:val="0084004E"/>
+    <w:rsid w:val="00886658"/>
     <w:rsid w:val="0089075B"/>
     <w:rsid w:val="008A24FA"/>
     <w:rsid w:val="008B71ED"/>
     <w:rsid w:val="00937938"/>
+    <w:rsid w:val="00960ED0"/>
     <w:rsid w:val="0098037D"/>
+    <w:rsid w:val="00992F0A"/>
     <w:rsid w:val="009A1B64"/>
     <w:rsid w:val="009B1BCD"/>
     <w:rsid w:val="009C59F4"/>
     <w:rsid w:val="009E6385"/>
+    <w:rsid w:val="00A23F7A"/>
     <w:rsid w:val="00A43FA5"/>
     <w:rsid w:val="00A63291"/>
     <w:rsid w:val="00AA1D8D"/>
     <w:rsid w:val="00AA7E6B"/>
     <w:rsid w:val="00AB0006"/>
     <w:rsid w:val="00AC2356"/>
     <w:rsid w:val="00B47730"/>
     <w:rsid w:val="00B74852"/>
     <w:rsid w:val="00B857DE"/>
     <w:rsid w:val="00BB1E41"/>
     <w:rsid w:val="00C014BE"/>
     <w:rsid w:val="00C01FDE"/>
     <w:rsid w:val="00CB0664"/>
     <w:rsid w:val="00CD43A5"/>
     <w:rsid w:val="00CF05E2"/>
     <w:rsid w:val="00CF3075"/>
     <w:rsid w:val="00D60DF5"/>
+    <w:rsid w:val="00D7702D"/>
     <w:rsid w:val="00DA70EC"/>
     <w:rsid w:val="00DB56FF"/>
     <w:rsid w:val="00DC711B"/>
     <w:rsid w:val="00DD0EFC"/>
     <w:rsid w:val="00E01EDB"/>
     <w:rsid w:val="00E0604A"/>
     <w:rsid w:val="00E724B1"/>
+    <w:rsid w:val="00E922AF"/>
     <w:rsid w:val="00EF6BE3"/>
     <w:rsid w:val="00F45DA0"/>
     <w:rsid w:val="00FC693F"/>
     <w:rsid w:val="00FE7CDE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="08F1B544"/>
+  <w14:docId w14:val="520553A5"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{A5533B64-D53A-4E01-B1C8-C28BB75725AB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -17792,91 +19434,91 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D76EBFA-4026-45FF-8E80-04815F45B9D3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6AF82A6-5582-4768-A0F8-09B321F31379}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10970</Characters>
+  <Pages>9</Pages>
+  <Words>2413</Words>
+  <Characters>13755</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>114</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12869</CharactersWithSpaces>
+  <CharactersWithSpaces>16136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>