--- v0 (2025-11-17)
+++ v1 (2026-02-18)
@@ -1,443 +1,406 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="8124"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9372"/>
   </bookViews>
   <sheets>
     <sheet name="Таблица" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Таблица!$A$5:$E$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Таблица!$A$5:$D$5</definedName>
   </definedNames>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="561" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="447" uniqueCount="205">
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Единицы измерения</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
-    <t>Длительность</t>
+    <t>Ежемесячные тарифы</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Блок первичника</t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
-[...1 lines deleted...]
-  <si>
     <t>Маркетплейсы</t>
   </si>
   <si>
-    <t>Вайлдберриз 1 магазин</t>
+    <t>Авито 1 магазин</t>
   </si>
   <si>
     <t>мес</t>
   </si>
   <si>
     <t>- Оформление документа Отчет комиссионера
 - Оформление документа комиссии
 - Выгрузка необходимых отчетов с ЛК
 - Проведение документов по компенсации
 - Проверка загруженных данных в Сбис</t>
   </si>
   <si>
-    <t>85</t>
-[...2 lines deleted...]
-    <t>Озон 1 магазин</t>
+    <t>Вайлдберриз 1 магазин</t>
+  </si>
+  <si>
+    <t>Озон 1 магазин (1 месяц)</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>Таксопарк Яндекс.Такси</t>
   </si>
   <si>
     <t>Яндекс Маркет 1 магазин</t>
   </si>
   <si>
     <t>Первичка (мы вносим)</t>
   </si>
   <si>
     <t>Авансовые отчет до 10 чеков</t>
-  </si>
-[...1 lines deleted...]
-    <t>шт</t>
   </si>
   <si>
     <t>- Сбор чеков
 - Внесения данных в систему Сбис
 - Создание карточек для товаров/услуг
 - Проверка корректности заведения АО по товарам/услугам/кол-ву/ценам/НДС и общей сумме</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>Авансовые отчет до 3 чеков</t>
   </si>
   <si>
     <t>Авансовые отчет до 5 чеков</t>
-  </si>
-[...1 lines deleted...]
-    <t>15</t>
   </si>
   <si>
     <t>Входящий документ до 20 номенклатур</t>
   </si>
   <si>
     <t>- Внесение новой номенклатуры
 - Списание/переводы материалов, товаров или услуги</t>
   </si>
   <si>
-    <t>13</t>
-[...1 lines deleted...]
-  <si>
     <t>Входящий документ до 50 номенклатур</t>
   </si>
   <si>
-    <t>29</t>
-[...1 lines deleted...]
-  <si>
     <t>Входящий документ до 5 номенклатур</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>Входящий документ от 50 до 100 номенклатур</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>Исходящий документ до 20 номенклатур</t>
   </si>
   <si>
     <t>- Списание товаров или создание услуги в номенклатуре</t>
   </si>
   <si>
     <t>Исходящий документ до 50 номенклатур</t>
   </si>
   <si>
     <t>Исходящий документ до 5 номенклатур</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>Исходящий документ от 50 до 100 номенклатур</t>
-  </si>
-[...1 lines deleted...]
-    <t>17</t>
   </si>
   <si>
     <t>Самозанятые</t>
   </si>
   <si>
     <t>- Загрузка чека
 - Создание реестра на 1 самозанятого</t>
   </si>
   <si>
     <t>Первичка (мы вносим) для НКО с грантами</t>
   </si>
   <si>
     <t>Первичка (мы проверяем)</t>
   </si>
   <si>
     <t>- Проверка корректности заведения АО по товарам/услугам/кол-ву/ценам/НДС и общей сумме</t>
   </si>
   <si>
-    <t>8</t>
-[...7 lines deleted...]
-  <si>
     <t>Входящий/исходящий документ до 20 номенклатур</t>
   </si>
   <si>
     <t>- Проверка и корректировка данных по услугам/товарам по заведенному клиентом самостоятельно в базу документа</t>
   </si>
   <si>
     <t>Входящий/исходящий документ до 50 номенклатур</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>Входящий/исходящий документ до 5 номенклатур</t>
-  </si>
-[...1 lines deleted...]
-    <t>3</t>
   </si>
   <si>
     <t>Входящий/исходящий документ от 50 до 100 номенклатур</t>
   </si>
   <si>
     <t>Первичка (мы проверяем) для НКО с грантами</t>
   </si>
   <si>
     <t>Банковская выписка (проверка пп)</t>
   </si>
   <si>
     <t>Проверка разнесения выгруженных пп (зависит от количества)
 Округляем операции по банку кратно до 25, кроме первых 10.
 К примеру, у клиента по всем р/с всего 7 операции, то считаем 10 шт.
 Далее если у другого клиента операции 20, то считаем 25. Если 35, то считаем 50 и т.д.
 10,25,50,75,100 и т.д.</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>Входящий акт сверки на 1 контрагента</t>
   </si>
   <si>
     <t>- Сравнения нашего учета с актом сверки контрагента
 - Выявление недочетов по полученному акту сверки по недостающим документам по клиенту или по контрагенту клиента (при их наличии)
 - Передача информацию клиенту по недостаткам (при их наличии)</t>
   </si>
   <si>
     <t>Выгрузка ОСВ и запрос недостающих документов</t>
   </si>
   <si>
     <t>Выгрузка ОСВ и запрос недостающих документов по:
 - Исходящим документам
 - Входящим документам</t>
   </si>
   <si>
     <t>Загрузка банк. выписки 1 раз (минимум 4 раза)</t>
   </si>
   <si>
     <t>Загрузка банковской выписки в Сбис 1 раз (минимум 4 раза, так как выписку бухгалтера минимум загружают раз в неделю)</t>
   </si>
   <si>
     <t>Исходящий акт сверки на 1 контрагента</t>
   </si>
   <si>
     <t>- Формирование акт сверки в программе Сбис
 - Проверка корректности акта сверки
 - Отправка акта сверки клиенту</t>
   </si>
   <si>
-    <t>Касса ОФД с эквайрингом</t>
+    <t>Касса ОФД с эквайрингом (1 месяц)</t>
   </si>
   <si>
     <t>- Загрузка данных ОФД 1 раз в месяц - 3 минуты
 - Проверка загруженных данных по ОФД - 1 минута
 - Отчет о розничных продажах - 7 минут
 - Отчет о выручке по рознице (наличный расчет) - 2 минуты
 - Отчет о выручке по рознице (безналичный расчет) - 2 минуты</t>
   </si>
   <si>
     <t>Касса ОФД только наличка/эквайринг</t>
   </si>
   <si>
     <t>- Загрузка данных ОФД 1 раз в месяц - 3 минуты
 - Проверка загруженных данных по ОФД - 1 минута
 - Отчет о розничных продажах - 7 минут
 - Отчет выручка розницы (наличные/безналичные) - 2 минуты</t>
   </si>
   <si>
     <t>Коммуникация с контрагентами</t>
   </si>
   <si>
     <t>- Взаимодействия с контрагентами напрямую по их вопросам или нашим по первичным документам по телефону/почте/мессенджеру</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>Оформление ПКО/РКО в кассе организации</t>
   </si>
   <si>
     <t>- Создание ПКО/РКО - 2 минуты
 - Формирование кассовой книги - 1 минута/на каждую операцию</t>
   </si>
   <si>
     <t>Подготовка пп для оплаты контрагенту</t>
   </si>
   <si>
     <t>- Создание платежного поручения по счету на оплату/акту сверки/договору для оплаты контрагенту или в гос.органы на их дополнительные услуги (не платежи по налогам/взносам)</t>
   </si>
   <si>
-    <t>2</t>
+    <t>Проведение чека в онлайн-кассе</t>
+  </si>
+  <si>
+    <t>- Создание чека в онлайн-кассе по данным клиента</t>
   </si>
   <si>
     <t>Проверка ГБ перв. документов для отчетности</t>
   </si>
   <si>
     <t>Зависит от количества документов</t>
   </si>
   <si>
     <t>Проверка ГБ перв. документов для отчетности (авансовые отчеты)</t>
   </si>
   <si>
     <t>Работа в банке клиента</t>
   </si>
   <si>
     <t>- Выгрузка/загрузка пп в банк-клиент
 - Выгрузка оплаченной пп из банк-клиента с отметкой банка
 - Выгрузка банковской выписки из банк-клиента
 - Разрешение вопросов по ограничениям со стороны банка
 - Коммуникация с банком по решению различных вопросов
 - Вход в банк клиент с помощью смс-кода</t>
   </si>
   <si>
-    <t>127</t>
-[...1 lines deleted...]
-  <si>
     <t>Работа с ЭДО клиента (проверка документов)</t>
   </si>
   <si>
     <t>- Прием документа по ЭДО и отправка клиенту на согласование
 - Проверка ЭДО
 Проверка производится еженедельно</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>Работа с ЭДО (создание черновиков/подписание)</t>
   </si>
   <si>
     <t>- Отправка документов по ЭДО (исходящие)
 - Подписание документов по ЭДО (входящие)</t>
   </si>
   <si>
     <t>Сбор первичных документов с контрагентов</t>
   </si>
   <si>
     <t>Зависит от количества контрагентов</t>
   </si>
   <si>
     <t>Введения сотрудников</t>
   </si>
   <si>
     <t>Алименты (1 исполнительный лист)</t>
   </si>
   <si>
     <t>- Заведение исполнительного листа
 - Платежка на получателя</t>
   </si>
   <si>
+    <t>Ведение сотрудника в декрете по ТД (1 месяц)</t>
+  </si>
+  <si>
+    <t>чел</t>
+  </si>
+  <si>
+    <t>- Сверка данных в отчете Перс.сведения
+- Проверка данных в ЕФС-1 (СЗВ-СТАЖ)
+- Проверка данных в 2-НДФЛ
+- Проверка окончания декрета
+*Не входит оформления документов в декрет</t>
+  </si>
+  <si>
     <t>Ведение сотрудника по ТД/ГПХ (1 месяц)</t>
-  </si>
-[...1 lines deleted...]
-    <t>чел</t>
   </si>
   <si>
     <t>- Сверка данных в отчете Перс.сведения
 - Проверка данных в ЕФС-1 (СЗВ-СТАЖ)
 - Проверка данных в 2-НДФЛ
 - Оформление табеля
 - Начисление и проверка аванса и налогов на 1 сотрудника
 - Начисление и проверка зп, налогов и взносов на 1 сотрудника
 - Подготовка ведомости на выплату аванса/зп
 - Подготовка пп на оплату налога/взноса - 3 шт
 - Подготовка пп на оплату зп/аванса - 2 шт</t>
   </si>
   <si>
-    <t>28</t>
-[...1 lines deleted...]
-  <si>
     <t>Ведение физ. лица по аренде(1 месяц)</t>
   </si>
   <si>
     <t>- Заведения договора в базу Саби - 10 минут (1 раз)
 - Начисление и проверка выплаты, налогов 1 физическое лицо - 5 минут (каждый месяц)
 - Подготовка платежного поручения на выплату физ. лицу и уплаты НДФЛ - 2 минуты (каждый месяц)
 - Заполнения и проверка отчета 6-НДФЛ - 3 минуты (каждый квартал)
 - Заполнения и проверка уведомления по НДФЛ - 5 минут (каждый месяц)</t>
   </si>
   <si>
     <t>Дополнительные платежные поручения/РКО на зарплату/аванс (1 сотрудник)</t>
   </si>
   <si>
     <t>- Подготовка пп на оплату налога/взносов - 3 шт.
 - Подготовка пп на оплату зп/аванса - 2 шт.</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>Коммуникация с бухгалтером по зарплате (30 минут)</t>
   </si>
   <si>
     <t>- Общение с клиентом через чат или по телефону</t>
   </si>
   <si>
-    <t>30</t>
+    <t>Начисление дивидендов на одного учредителя</t>
+  </si>
+  <si>
+    <t>- Проверка наличия чистой прибыли по ООО по итогам квартала/года
+- Начисление дивидендов
+- Создание платежного поручения на учредителя
+- Создание платежного поручения на НДФЛ
+- Подготовка уведомления на НДФЛ
+- Проверка начисления в отчете в 6-НДФЛ</t>
   </si>
   <si>
     <t>Расчет и оформление больничного (1 человек)</t>
   </si>
   <si>
     <t>- Получение информации
 - Работа в расчетами и начислениями для больничного
 - Отправка данных в СФР</t>
-  </si>
-[...1 lines deleted...]
-    <t>25</t>
   </si>
   <si>
     <t>Расчет и оформление отпускных (1 человек)</t>
   </si>
   <si>
     <t>- Расчет отпускных
 - Формирование приказов на отпуск, заявления
 - Подготовка платежного поручения/РКО на выплату отпускных
 - Подготовка платежных поручений на уплату налогов с отпускных</t>
   </si>
   <si>
     <t>Введения сотрудников для НКО с грантами</t>
   </si>
   <si>
     <t>Введение сотрудника по ТД/ГПХ (1 месяц)</t>
   </si>
   <si>
     <t>- Сверка данных в отчете Перс.сведения
 - Распределение аналитики по грантам
 - Проверка данных в ЕФС-1 (СЗВ-СТАЖ)
 - Проверка данных в 2-НДФЛ
 - Оформление табеля
 - Начисление и проверка аванса и налогов на 1 сотрудника
 - Начисление и проверка зп, налогов и взносов на 1 сотрудника
 - Подготовка ведомости на выплату аванса/зп</t>
@@ -445,103 +408,91 @@
   <si>
     <t>Введение физ. лица по аренде(1 месяц)</t>
   </si>
   <si>
     <t>- Заведения договора в базу Саби
 - Распределение аналитики по грантам
 - Начисление и проверка выплаты, налогов 1 физическое лицо
 - Подготовка платежного поручения на выплату физ. лицу и уплаты НДФЛ
 - Заполнения и проверка отчета 6-НДФЛ  (каждый квартал)
 - Заполнения и проверка уведомления по НДФЛ</t>
   </si>
   <si>
     <t>Доп. услуги (не постоянные)</t>
   </si>
   <si>
     <t>Воинский учет</t>
   </si>
   <si>
     <t>Воинский учет - ежегодные формы</t>
   </si>
   <si>
     <t>- Карточка учета организации (форма № 18)
 - Отчет о численности работников в запасе (форма № 6)</t>
   </si>
   <si>
-    <t>168</t>
-[...1 lines deleted...]
-  <si>
     <t>Воинский учет (прием/увольнения)</t>
   </si>
   <si>
     <t>- Сведения при приеме на работу или увольнении
 - Сведения об изменении учетных данных работника</t>
   </si>
   <si>
     <t>ВЭД</t>
   </si>
   <si>
     <t>Оприходование товара по ТД (указать кол-во)</t>
-  </si>
-[...1 lines deleted...]
-    <t>9</t>
   </si>
   <si>
     <t>Подготовка заявлении по налогу и о ввозе товара</t>
   </si>
   <si>
     <t>- Подготовка и подача заявления по косвенному налогу
 - Подготовка и подача заявления о ввозе товара</t>
   </si>
   <si>
     <t>Сверка с банков, сверка с таможней, платежи, внесение ГТД (импорт и экспорт), внесение док-в реал-ции</t>
   </si>
   <si>
     <t>Договор кредиты (указать кол-во)</t>
   </si>
   <si>
     <t>- Внесение настроек кредит дог в Сбис
 - Отражение операций в Сбис
 - Расчет % и осн долга в учете</t>
-  </si>
-[...1 lines deleted...]
-    <t>22</t>
   </si>
   <si>
     <t>Договор лизинга (указать кол-во)</t>
   </si>
   <si>
     <t>- Регистрация транспортного налога
 - Первоначальный взнос
 - Авансовая счет-фактура
 - Оформление п/п на оплату
 - Счет-фактура на ежемесячный платеж
 - Контроль и соблюдение условий договора лизинга и отражение в учете
 - Закрытие договора лизинга</t>
-  </si>
-[...1 lines deleted...]
-    <t>100</t>
   </si>
   <si>
     <t>Заполнения других форм отчета</t>
   </si>
   <si>
     <t>Отчеты от ЦЗН, по грантам, тендерам или других отчетов</t>
   </si>
   <si>
     <t>Изменения заработной платы при повышении МРОТ (1 человек)</t>
   </si>
   <si>
     <t>- Уведомление и согласование с клиентом новой суммы заработной платы в связи с повышением МРОТ
 - Внесение корректировок в сервис Сбис
 - Создаем приказ о повышении заработной платы
 - Создаем дополнительное соглашение
 - Создание нового штатного расписания</t>
   </si>
   <si>
     <t>Консультация с бухгалтером по зарплате (30 минут)</t>
   </si>
   <si>
     <t>Консультация с главным бухгалтером (30 минут)</t>
   </si>
   <si>
     <t>Консультация главного бухгалтера</t>
@@ -610,115 +561,100 @@
 - Отправка отчета в Минюст
 - Получение подтверждения о приеме отчета
 - Сохранение копии отчета в архиве
 - Отключение от системы и завершение сеанса AnyDesk</t>
   </si>
   <si>
     <t>Подача заявление на получения патента</t>
   </si>
   <si>
     <t>- Получение от клиента данных для подачи заявления на патент
 - Заполнение всех необходимых полей в программе
 - Проверка правильности указанных налоговых показателей
 - Формирование заявления в системе СБИС
 - Проверка корректности введенных данных
 - Подписание документа электронной подписью/доверенности на отправку отчетности
 - Отправка заявления через систему СБИС
 - Отслеживание статуса приема заявления налоговой службой
 - Получение уведомления о регистрации патента
 - Регистрация патента в системе учета клиента
 *Предварительный расчет патента в данную услугу не входит. Если клиент находится на обслуживании, у него входит в стоимость коммуникация с главных бухгалтером, если это клиент со стороны, то сначала клиент оплачивает консультацию.</t>
   </si>
   <si>
     <t>Подача уведомления в Роскомнадзор об обработки персональных данных</t>
   </si>
   <si>
-    <t>90</t>
-[...1 lines deleted...]
-  <si>
     <t>Помощь в оформлении договор займа (указать кол-во)</t>
   </si>
   <si>
     <t>- Помощь в оформлении договора займа
 - Расчет % по дог займа, составление графика
 - Добавление договора в Саби
 - Отражение операций в Саби</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>Поступление/выбытие основного средства (указать кол-во)</t>
+  </si>
+  <si>
+    <t>ч</t>
   </si>
   <si>
     <t>- Поступление/ввод в экспл. Основного средства</t>
   </si>
   <si>
     <t>Прием сотрудника не резидент (1 сотрудник)</t>
   </si>
   <si>
     <t>- Подготовка сбор документов при приеме
 - Внесение персональных данных сотрудника в систему
 - Подготовка и отправка СФР-1 при приеме
 - Подготовка заявление в МВД о приеме</t>
   </si>
   <si>
-    <t>61</t>
-[...2 lines deleted...]
-    <t>Прием сотрудника резидент (1 сотрудник)</t>
+    <t>Прием сотрудника резиден</t>
   </si>
   <si>
     <t>- Подготовка сбор документов при приеме
 - Внесение персональных данных сотрудника в систему
 - Подготовка и отправка СФР-1 при приеме</t>
-  </si>
-[...1 lines deleted...]
-    <t>31</t>
   </si>
   <si>
     <t>Увольнение сотрудника не резидент (1 сотрудник)</t>
   </si>
   <si>
     <t>- Подготовка справок при увольнении
 - Увольнение 1 сотрудника с расчетом компенсаций
 - Подготовка и отправка СФР-1 при увольнении
 - Подготовка заявление в МВД об увольнении</t>
   </si>
   <si>
-    <t>66</t>
-[...1 lines deleted...]
-  <si>
     <t>Увольнение сотрудника резидент (1 сотрудник)</t>
   </si>
   <si>
     <t>- Подготовка справок при увольнении
 - Увольнение 1 сотрудника с расчетом компенсаций
 - Подготовка и отправка СФР-1 при увольнении</t>
-  </si>
-[...1 lines deleted...]
-    <t>36</t>
   </si>
   <si>
     <t>Нулевые тарифы</t>
   </si>
   <si>
     <t>Нулевка ИП на ОСНО</t>
   </si>
   <si>
     <t>- Формирование книги продаж
 - Формирование книги покупок
 - Расчет НДС
 - Формирование и отправка декларации НДС
 - Расчет налога 3-НДФЛ
 - Согласование с клиентом 3-НДФЛ
 - Формирование и отправка декларации 3 НДФЛ
 - Закрытие периода, проверка счетов</t>
   </si>
   <si>
     <t>Нулевка ИП на УСН</t>
   </si>
   <si>
     <t>- Формирование книги доходов и  расходов
 - Расчет налога УСН
 - Формирование и отправка уведомлении УСН
 - Согласование с клиентом налога УСН
@@ -739,495 +675,448 @@
 - Формирование и сдача ЕФС -1(СЗВ-СТАЖ)
 - Формирование и сдача ОКВЭД
 - Закрытие периода, проверка счетов
 - Формирование и сдача Бух баланса отчета о фин рез</t>
   </si>
   <si>
     <t>Нулевка ООО на УСН</t>
   </si>
   <si>
     <t>- Формирование и сдача персониф сведений
 - Формирование, проверка и сдача ЕФС-1 (взносы)
 - Формирование и сдача РСВ
 - Формирование и сдача 6-НДФЛ
 - Формирование и сдача 2 НДФЛ
 - Формирование и отправка декларации/уведомления по УСН
 - Формирование и сдача ЕФС -1(СЗВ-СТАЖ)
 - Формирование и сдача ОКВЭД
 - Закрытие периода, проверка счетов
 - Формирование и сдача Бух баланса и отч о фин рез</t>
   </si>
   <si>
     <t>Основные тарифы (не нулевка)</t>
   </si>
   <si>
     <t>Ведение основного средства</t>
+  </si>
+  <si>
+    <t>- Контроль начисления амортизации
+- Контроль срока окончания эксплуатации
+- Модернизация, реконструкция</t>
   </si>
   <si>
     <t>Ведение патента 1 мес.</t>
   </si>
   <si>
     <t>- Контроль лимитов для действия доп. патента
 - Расчет патента предварительно
 - Подготовка платежного поручения на уплату налога
 - Формирование и проверка данных в КУД
 - Расчет 1% с выручки свыше 300 тыс.</t>
   </si>
   <si>
     <t>Земельный налог</t>
   </si>
   <si>
     <t>- Расчет замельного налога
 - Формирование уведомления по замельному налогу
 - Формирование платежного поручения на оплату транспортного налога
 - Проверка расчета и заполненного уведомления по замельному налогу</t>
   </si>
   <si>
     <t>ИП на ОСНО</t>
   </si>
   <si>
     <t>- Формирование книги продаж
 - Формирование книги покупок
 - Расчет НДС
 - Согласование с клиентом суммы по НДС
 - Формирование и отправка отраженных данных в декларации НДС
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Расчет налога  3-НДФЛ
 - Согласование с клиентом суммы по налогу 3-НДФЛ
 - Формирование и проверка данных в декларации 3 НДФЛ
 - Расчет 1% с выручки свыше 300тыс
 - Сверка с ЕНС
 - Закрытие периода, проверка счетов</t>
   </si>
   <si>
-    <t>84</t>
-[...1 lines deleted...]
-  <si>
     <t>ИП на УСН доходы</t>
   </si>
   <si>
     <t>- Расчет 1% с выручки свыше 300тыс
 - Расчет налога по УСН 6%
 - Согласование с клиентом суммы налога по УСН
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Формирование и отправка декларации/уведомления по УСН
 - Контроль лимитов для применения действующей СНО
 - Формирование и проверка данных в КУДиР
 - Закрытие периода, проверка счетов
 - Сверка с ЕНС</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>ИП на УСН доходы за вычетом расходов</t>
   </si>
   <si>
     <t>- Расчет 1% с выручки свыше 300тыс
 - Расчет налога по УСН 15 %
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Согласование с клиентом суммы налога
 - Формирование и отправка декларации/уведомления по УСН
 - Формирование и проверка данных в КУДиР
 - Контроль лимитов для применения действующей СНО
 - Сверка с ЕНС
 - Закрытие периода, проверка счетов</t>
   </si>
   <si>
-    <t>71</t>
-[...1 lines deleted...]
-  <si>
     <t>ИП на УСН доходы за вычетом расходов с НДС</t>
-  </si>
-[...1 lines deleted...]
-    <t>88</t>
   </si>
   <si>
     <t>ИП на УСН доходы с НДС</t>
   </si>
   <si>
     <t>- Расчет 1% с выручки свыше 300тыс
 - Расчет налога по УСН 6%
 - Расчет налога НДС
 - Согласование с клиентом суммы НДС
 - Формирование и проверка отраженных данных в декларации НДС
 - Согласование с клиентом суммы налога по УСН
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Формирование и отправка декларации/уведомления по УСН
 - Контроль лимитов для применения действующей СНО
 - Формирование и проверка данных в КУДиР
 - Закрытие периода, проверка счетов
 - Сверка с ЕНС</t>
   </si>
   <si>
-    <t>63</t>
-[...1 lines deleted...]
-  <si>
     <t>Кадры (для ООО или ИП с сотрудниками)</t>
   </si>
   <si>
     <t>- Формирование и сдача персониф сведений
 - Формирование и сдача ЕФС-1 (Взносы)
 - Формирование и сдача РСВ
 - Формирование и сдача 6-НДФЛ
 - Формирование и сдача 2-НДФЛ
 - Формирование и сдача ЕФС -1(СЗВ-СТАЖ)
 - Подготовка Уведомления по НДФЛ
 - Подготовка Уведомления по взносам с зп</t>
-  </si>
-[...1 lines deleted...]
-    <t>40</t>
   </si>
   <si>
     <t>Коммуникация с главным бухгалтером (30 минут)</t>
   </si>
   <si>
     <t>- Консультация главного бухгалтера в чате или по телефону</t>
   </si>
   <si>
     <t>Налог на имущество</t>
   </si>
   <si>
     <t>- Расчет налога на имущество
 - Формирование уведомления по имущественному налогу
 - Формирование платежного поручения на оплату имущественного налога
 - Проверка расчета и заполненного уведомления по имущественному налогу</t>
   </si>
   <si>
     <t>НКО на ОСНО</t>
   </si>
   <si>
     <t>- Формирование книги продаж
 - Формирование книги покупок
 - Расчет налога НДС
 - Согласование с клиентом суммы НДС
 - Формирование и проверка отраженных данных в декларации НДС
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Расчет налога на прибыль
 - Согласование с клиентом суммы по налогу на прибыль
 - Формирование и проверка декларации по налогу на прибыль
 - Формирование и сдача ОКВЭД
 - Формирование и сдача Бух баланса и отчета о финансовых результатах
 - Сверка с ЕНС
 - Закрытие периода, проверка счетов</t>
   </si>
   <si>
-    <t>81</t>
-[...1 lines deleted...]
-  <si>
     <t>НКО на УСН доходы</t>
   </si>
   <si>
     <t>- Расчет УСН 6%
 - Согласование с клиентом суммы налога по УСН
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Формирование и отправка декларации/уведомления по УСН
 - Формирование и проверка данных в КУДиР
 - Формирование и сдача ОКВЭД
 - Контроль лимитов для применения действующей СНО
 - Формирование и сдача Бух баланса и отчета о финансовых результатах
 - Сверка с ЕНС
 - Закрытие периода, проверка счетов</t>
   </si>
   <si>
     <t>НКО на УСН доходы за вычетом расходов</t>
   </si>
   <si>
     <t>- Расчет УСН 15%
 - Согласование с клиентом суммы налога по УСН
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Формирование и отправка декларации/уведомления по УСН
 - Формирование и проверка данных в КУДиР
 - Формирование и сдача ОКВЭД
 - Формирование и сдача Бух баланса и отчета о финансовых результатах
 - Контроль лимитов для применения действующей СНО
 - Сверка с ЕНС
 - Закрытие периода, проверка счетов</t>
-  </si>
-[...1 lines deleted...]
-    <t>65</t>
   </si>
   <si>
     <t>НКО на УСН доходы за вычетом расходов с НДС</t>
   </si>
   <si>
     <t>- Расчет УСН 15%
 - Согласование с клиентом суммы налога по УСН
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Расчет налога НДС
 - Согласование с клиентом суммы НДС
 - Формирование и проверка отраженных данных в декларации НДС
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Формирование и отправка декларации/уведомления по УСН
 - Формирование и проверка данных в КУДиР
 - Формирование и сдача ОКВЭД
 - Формирование и сдача Бух баланса и отчета о финансовых результатах
 - Контроль лимитов для применения действующей СНО
 - Сверка с ЕНС
 - Закрытие периода, проверка счетов</t>
   </si>
   <si>
-    <t>92</t>
-[...1 lines deleted...]
-  <si>
     <t>НКО на УСН доходы с НДС</t>
   </si>
   <si>
     <t>- Расчет УСН 6%
 - Согласование с клиентом суммы налога по УСН
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Расчет налога НДС
 - Согласование с клиентом суммы НДС
 - Формирование и проверка отраженных данных в декларации НДС
 - Формирование и отправка декларации/уведомления по УСН
 - Формирование и проверка данных в КУДиР
 - Формирование и сдача ОКВЭД
 - Контроль лимитов для применения действующей СНО
 - Формирование и сдача Бух баланса и отчета о финансовых результатах
 - Сверка с ЕНС
 - Закрытие периода, проверка счетов</t>
   </si>
   <si>
-    <t>79</t>
+    <t>ООО на ЕСХН</t>
+  </si>
+  <si>
+    <t>- Формирование книги продаж
+- Формирование книги покупок
+- Расчет налога НДС
+- Согласование с клиентом суммы НДС
+- Формирование и проверка отраженных данных в декларации НДС
+- Отправка отчета по ссылки Сбис клиенту и помощь в отправке
+- Расчет налога ЕСХН
+- Согласование с клиентом суммы по ЕСХН
+- Формирование и проверка декларации по ЕСХН
+- Формирование и сдача ОКВЭД
+- Формирование и сдача Бух баланса и отчета о финансовых результатах
+- Сверка с ЕНС
+- Закрытие периода, проверка счетов</t>
   </si>
   <si>
     <t>ООО на ОСНО</t>
   </si>
   <si>
     <t>ООО на УСН доходы</t>
   </si>
   <si>
     <t>ООО на УСН доходы за вычетом расходов</t>
   </si>
   <si>
     <t>- Расчет УСН 15%
 - Согласование с клиентом суммы налога по УСН
 - Отправка отчета по ссылки Сбис клиенту и помощь в отправке
 - Формирование и отправка декларации/уведомления по УСН
 - Формирование и проверка данных в КУДиР
 - Формирование и сдача ОКВЭД
 - Формирование и сдача Бух баланса и отчета о -  финансовых результатах
 - Контроль лимитов для применения действующей СНО
 - Сверка с ЕНС
 - Закрытие периода, проверка счетов</t>
   </si>
   <si>
     <t>ООО на УСН доходы за вычетом расходов с НДС</t>
   </si>
   <si>
     <t>ООО на УСН доходы с НДС</t>
   </si>
   <si>
     <t>Транспортный налог</t>
   </si>
   <si>
     <t>- Расчет транспортного налога
 - Формирование уведомления по транспортному налогу
 - Формирование платежного поручения на оплату транспортного налога
 - Проверка расчета и заполненного уведомления по транспортному налогу</t>
   </si>
   <si>
-    <t>При наличии</t>
-[...13 lines deleted...]
-    <t>Можно оплачивать за квартал</t>
+    <t>Ликвидация ИП</t>
+  </si>
+  <si>
+    <t>Упрощенная ликвидация ООО</t>
   </si>
   <si>
     <t>ВАЖНАЯ ИНФОРМАЦИЯ!</t>
   </si>
   <si>
+    <t>Зеленым цветом выделены обязательные позиции по тарифам. Остальное начисляется индивидуально по объему каждого клиента. Первичная документация, как и прежде, будет считаться поштучно!</t>
+  </si>
+  <si>
     <t>На вкладке «Описание» расписан процесс, который выполняет сотрудник по той или иной позиции, а на вкладке «Длительность» указано, сколько времени в среднем занимает у бухгалтера выполнение задач в месяц (даже если отчётность ежеквартальная, это тоже учтено). Цифры не взяты из головы, а основаны на данных CRM-системы, которая почти 1,5 года собирала аналитику и обсуждала процессы работы с сотрудниками.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зеленым цветом выделены обязательные позиции по тарифам. Остальное начисляется индивидуально по объему каждого клиента. Первичная документация, как и прежде, будет считаться поштучно!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="20"/>
+      <b/>
+      <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="16"/>
+      <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...8 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="14"/>
+      <sz val="16"/>
       <color theme="1"/>
-      <name val="Arial"/>
+      <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...34 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1491,2429 +1380,2121 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
-    <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F137"/>
+  <dimension ref="A1:E147"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3:E3"/>
+    <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A148" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A84" sqref="A84:D87"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="2" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="3" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="92.33203125" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="66.5546875" customWidth="1"/>
+    <col min="2" max="2" width="10.88671875" customWidth="1"/>
+    <col min="3" max="3" width="25.88671875" customWidth="1"/>
+    <col min="4" max="4" width="69.44140625" style="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="21" x14ac:dyDescent="0.3">
-[...27 lines deleted...]
-      <c r="A5" s="5" t="s">
+    <row r="1" spans="1:5" s="5" customFormat="1" ht="21" x14ac:dyDescent="0.3">
+      <c r="A1" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B1" s="4"/>
+      <c r="C1" s="4"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="6"/>
+    </row>
+    <row r="2" spans="1:5" s="5" customFormat="1" ht="52.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="7"/>
+    </row>
+    <row r="3" spans="1:5" s="5" customFormat="1" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="B3" s="10"/>
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="8"/>
+    </row>
+    <row r="5" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A5" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="B5" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="C5" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="5" t="s">
+      <c r="D5" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="5" t="s">
+    </row>
+    <row r="6" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A6" s="11" t="s">
         <v>4</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="B6" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="15.6" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="5" t="s">
-[...10 lines deleted...]
-      <c r="A7" s="5" t="s">
+      <c r="B7" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="15.6" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="6" t="s">
-[...13 lines deleted...]
-      <c r="A8" s="7" t="s">
+      <c r="B8" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="75" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A9" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="8">
+      <c r="B9" s="2">
+        <v>1950</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="75" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A10" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="2">
+        <v>1950</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="75" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="2">
+        <v>1950</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="75" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="2">
+        <v>1950</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="75" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="2">
+        <v>1950</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="15.6" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A14" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="60" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A15" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="2">
+        <v>470</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="60" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A16" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="2">
+        <v>250</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="60" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A17" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="2">
+        <v>350</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A18" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="2">
+        <v>310</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A19" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="2">
+        <v>690</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A20" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="2">
+        <v>170</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A21" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="2">
+        <v>1160</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A22" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B22" s="2">
+        <v>160</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A23" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B23" s="2">
+        <v>320</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A24" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24" s="2">
+        <v>120</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A25" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25" s="2">
+        <v>410</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A26" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B26" s="2">
+        <v>170</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="15.6" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B27" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C27" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="60" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A28" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="2">
+        <v>570</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="60" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A29" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B29" s="2">
+        <v>290</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="60" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A30" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B30" s="2">
+        <v>430</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A31" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" s="2">
+        <v>370</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A32" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B32" s="2">
+        <v>820</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A33" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B33" s="2">
+        <v>210</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A34" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B34" s="2">
+        <v>1400</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A35" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B35" s="2">
+        <v>190</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A36" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B36" s="2">
+        <v>400</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A37" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37" s="2">
+        <v>150</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A38" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B38" s="2">
+        <v>500</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A39" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B39" s="2">
+        <v>210</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="15.6" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A40" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B40" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C40" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D40" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A41" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B41" s="2">
+        <v>210</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A42" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B42" s="2">
+        <v>105</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A43" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B43" s="2">
+        <v>160</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A44" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B44" s="2">
+        <v>120</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A45" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2">
+        <v>250</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A46" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2">
+        <v>75</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A47" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2">
+        <v>500</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="15.6" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A48" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B48" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C48" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D48" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A49" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B49" s="2">
+        <v>255</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A50" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B50" s="2">
+        <v>130</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A51" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B51" s="2">
+        <v>200</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A52" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B52" s="2">
+        <v>150</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A53" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B53" s="2">
+        <v>300</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A54" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B54" s="2">
+        <v>90</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="28.2" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A55" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B55" s="2">
+        <v>580</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="75" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A56" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B56" s="2">
+        <v>25</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="45" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A57" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B57" s="2">
+        <v>240</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="45" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A58" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B58" s="2">
+        <v>260</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="28.2" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A59" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B59" s="2">
+        <v>65</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="45" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A60" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B60" s="2">
+        <v>145</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="75" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A61" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B61" s="2">
+        <v>340</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="60" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A62" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B62" s="2">
+        <v>320</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="28.2" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A63" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2">
+        <v>1370</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="30" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A64" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B64" s="2">
+        <v>75</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="42" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A65" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B65" s="2">
+        <v>55</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A66" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B66" s="2">
+        <v>70</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A67" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B67" s="2">
+        <v>35</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A68" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B68" s="2">
+        <v>100</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="90" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A69" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B69" s="2">
+        <v>3970</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="45" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A70" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B70" s="2">
+        <v>280</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="30" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A71" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B71" s="2">
+        <v>25</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A72" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B72" s="2">
+        <v>145</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="15.6" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B73" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C73" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D73" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="30" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A74" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="B74" s="16">
+        <v>210</v>
+      </c>
+      <c r="C74" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D74" s="17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="90" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A75" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="B75" s="16">
+        <v>200</v>
+      </c>
+      <c r="C75" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D75" s="17" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="135" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A76" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B76" s="16">
+        <v>760</v>
+      </c>
+      <c r="C76" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D76" s="17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="75" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A77" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B77" s="16">
+        <v>320</v>
+      </c>
+      <c r="C77" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D77" s="17" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="30" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A78" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="B78" s="16">
+        <v>370</v>
+      </c>
+      <c r="C78" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D78" s="17" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A79" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B79" s="16">
+        <v>800</v>
+      </c>
+      <c r="C79" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" s="17" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="90" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A80" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B80" s="16">
+        <v>850</v>
+      </c>
+      <c r="C80" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D80" s="17" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="45" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A81" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B81" s="16">
+        <v>650</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" s="17" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="60" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A82" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B82" s="16">
+        <v>520</v>
+      </c>
+      <c r="C82" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" s="17" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="15.6" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B83" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C83" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D83" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="120" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A84" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B84" s="16">
+        <v>910</v>
+      </c>
+      <c r="C84" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D84" s="17" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="90" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A85" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B85" s="16">
+        <v>380</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D85" s="17" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="45" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A86" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B86" s="16">
+        <v>780</v>
+      </c>
+      <c r="C86" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" s="17" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="60" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A87" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B87" s="16">
+        <v>650</v>
+      </c>
+      <c r="C87" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" s="17" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" ht="15.6" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B88" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C88" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D88" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="15.6" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A89" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B89" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C89" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D89" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A90" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B90" s="2">
+        <v>4400</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A91" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B91" s="2">
+        <v>350</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" ht="15.6" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A92" s="11" t="s">
+        <v>106</v>
+      </c>
+      <c r="B92" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C92" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D92" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A93" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B93" s="2">
+        <v>220</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" ht="30" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A94" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B94" s="2">
+        <v>1000</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" outlineLevel="3" x14ac:dyDescent="0.3">
+      <c r="A95" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B95" s="2">
+        <v>360</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" ht="45" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A96" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B96" s="2">
+        <v>720</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="105" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A97" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B97" s="2">
+        <v>3200</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A98" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B98" s="2">
+        <v>550</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="75" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A99" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B99" s="2">
+        <v>550</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A100" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B100" s="2">
+        <v>800</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A101" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B101" s="2">
+        <v>1000</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" ht="135" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A102" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B102" s="2">
+        <v>550</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="135" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A103" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B103" s="2">
+        <v>55</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="135" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A104" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B104" s="2">
+        <v>2000</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" ht="105" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A105" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B105" s="2">
+        <v>650</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" ht="120" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A106" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B106" s="2">
+        <v>1950</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="195" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A107" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B107" s="2">
+        <v>5200</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" ht="180" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A108" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B108" s="2">
+        <v>650</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A109" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B109" s="2">
+        <v>5200</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" ht="60" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A110" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B110" s="2">
+        <v>1200</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A111" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="B111" s="2">
+        <v>950</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" ht="60" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A112" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B112" s="2">
+        <v>1650</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="45" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A113" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B113" s="2">
+        <v>910</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="60" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A114" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B114" s="2">
+        <v>1760</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" ht="45" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A115" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B115" s="2">
+        <v>1000</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="15.6" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="B116" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C116" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D116" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" ht="120" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A117" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B117" s="2">
+        <v>1300</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" ht="90" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A118" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B118" s="2">
+        <v>1300</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="165" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A119" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B119" s="2">
         <v>1500</v>
       </c>
-      <c r="C8" s="7" t="s">
+      <c r="C119" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D8" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B9" s="8">
+      <c r="D119" s="3" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="150" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A120" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B120" s="2">
         <v>1500</v>
       </c>
-      <c r="C9" s="7" t="s">
+      <c r="C120" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="9" t="s">
-[...13 lines deleted...]
-      <c r="C10" s="7" t="s">
+      <c r="D120" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" ht="15.6" outlineLevel="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="11" t="s">
+        <v>158</v>
+      </c>
+      <c r="B121" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C121" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="D121" s="14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="45" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A122" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B122" s="2">
+        <v>500</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" ht="75" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A123" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B123" s="2">
+        <v>410</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" ht="60" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A124" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B124" s="2">
+        <v>320</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="D10" s="9" t="s">
-[...44 lines deleted...]
-      <c r="B13" s="8">
+      <c r="D124" s="3" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" ht="180" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A125" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B125" s="2">
+        <v>2650</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" ht="135" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A126" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B126" s="2">
+        <v>1450</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" ht="135" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A127" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B127" s="2">
+        <v>2250</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D127" s="3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" ht="180" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A128" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B128" s="2">
+        <v>2800</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" ht="180" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A129" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B129" s="2">
+        <v>1530</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D129" s="3" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" ht="120" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A130" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B130" s="2">
+        <v>1050</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D130" s="3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A131" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B131" s="2">
+        <v>1000</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" s="3" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="60" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A132" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B132" s="2">
+        <v>320</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D132" s="3" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" ht="195" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A133" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="C13" s="7" t="s">
-[...489 lines deleted...]
-      <c r="B42" s="8">
+      <c r="B133" s="2">
+        <v>2570</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" ht="150" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A134" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B134" s="2">
+        <v>1950</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D134" s="3" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" ht="150" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A135" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B135" s="2">
+        <v>2050</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D135" s="3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" ht="210" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A136" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B136" s="2">
+        <v>2900</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D136" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="195" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A137" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B137" s="2">
+        <v>2500</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D137" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" ht="195" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A138" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C42" s="7" t="s">
-[...64 lines deleted...]
-      <c r="B46" s="8">
+      <c r="B138" s="2">
+        <v>2570</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D138" s="3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" ht="195" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A139" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B139" s="2">
+        <v>2570</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D139" s="3" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" ht="150" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A140" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B140" s="2">
+        <v>1950</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D140" s="3" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="150" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A141" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B141" s="2">
+        <v>2050</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D141" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C46" s="7" t="s">
-[...149 lines deleted...]
-      <c r="B55" s="11">
+    </row>
+    <row r="142" spans="1:4" ht="210" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A142" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B142" s="2">
+        <v>2900</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D142" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="195" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A143" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B143" s="2">
+        <v>2500</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="60" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.3">
+      <c r="A144" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B144" s="2">
+        <v>320</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D144" s="3" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A145" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C55" s="10" t="s">
-[...643 lines deleted...]
-      <c r="D92" s="7" t="s">
+      <c r="B145" s="2">
+        <v>3900</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A146" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="E92" s="7" t="s">
-[...544 lines deleted...]
-      <c r="E123" s="10" t="s">
+      <c r="B146" s="2">
+        <v>5200</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D146" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A147" s="1" t="s">
         <v>201</v>
       </c>
-    </row>
-[...244 lines deleted...]
-        <v>231</v>
+      <c r="B147" s="2">
+        <v>6500</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A5:E5"/>
+  <autoFilter ref="A5:D5"/>
   <mergeCells count="3">
-    <mergeCell ref="A2:E2"/>
-[...1 lines deleted...]
-    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A3:D3"/>
   </mergeCells>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="46" fitToHeight="0" orientation="landscape" blackAndWhite="1" r:id="rId1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Таблица</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>