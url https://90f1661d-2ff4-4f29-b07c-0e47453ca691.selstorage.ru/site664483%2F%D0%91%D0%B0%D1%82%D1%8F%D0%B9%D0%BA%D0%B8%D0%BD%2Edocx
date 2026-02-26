--- v0 (2025-11-16)
+++ v1 (2026-02-26)
@@ -1,1213 +1,1005 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="1FA290AE" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+    <w:p w14:paraId="2577D4DE" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Дмитрий Арсентьевич </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CA04E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Батяйкин</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3A95375B" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+    <w:p w14:paraId="012E0C9D" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Санкт-Петербургский государственный университет (Санкт-Петербург)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0979773A" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+    <w:p w14:paraId="5EA68CD8" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
-[...7 lines deleted...]
-      <w:r w:rsidR="008E5A97">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Научный руководитель: доктор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>филол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA04E9">
-[...25 lines deleted...]
-    <w:p w14:paraId="13DFA565" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н., проф. Л. П. Громова</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367621F2" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRPr="000B4C09" w:rsidRDefault="000B4C09">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5">
-        <w:r w:rsidRPr="00CA04E9">
+        <w:r w:rsidR="00347B7D" w:rsidRPr="000B4C09">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="1155CC"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>batyaykin04@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="05D8C573" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00A80F7C" w:rsidP="00CA04E9">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6D01204C" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00EE55C5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="681B7144" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+    <w:p w14:paraId="34AAF4EF" w14:textId="77777777" w:rsidR="000F1642" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Книжные издательства в российских масс-медиа как субъекты литературного процесса</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7FD52926" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00A80F7C" w:rsidP="00CA04E9">
+        <w:t xml:space="preserve">Газета «СПИД-Инфо» как инструмент борьбы с ВИЧ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F40E637" w14:textId="3FC2F12C" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="2F9882C7" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в период перестройки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CCA751" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00EE55C5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="613BB85F" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
-[...24 lines deleted...]
-    <w:p w14:paraId="08DDDC65" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рассматривается советский период издания газеты «СПИД-Инфо» в контексте отражения проблемы эпидемии ВИЧ. Выявляются акценты в редакционной политике газеты, которые выражаются в тематических подборках материалов и частоте публикаций о ВИЧ как о специализации издания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1D0E92" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
-[...25 lines deleted...]
-    <w:p w14:paraId="425CC8D6" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00A80F7C" w:rsidP="00CA04E9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ключевые слова: СПИД-Инфо, эпидемия ВИЧ, половое воспитание, перестройка, гласность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C4CCC2" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00EE55C5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C9191C8" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+    <w:p w14:paraId="7CF00085" w14:textId="0EF33018" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D" w:rsidP="00347B7D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ключевым элементом политики советских властей в период перестройки стал принцип гласности, который заключался в демократическом подходе к взаимоотношениям власти и общества [2</w:t>
+      </w:r>
+      <w:r w:rsidR="000F1642">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>193], что повлекло за собой заметное расширение тематики материалов. Кроме того, в мире в 1980-е гг. возникла опасная эпидемия ВИЧ, которая к 1987 году настигла и СССР: наблюдался рост заболеваемости, а вспышка вируса в республиканской детской больнице Элисты в 1988 г. показала его эпидемиологический характер [1</w:t>
+      </w:r>
+      <w:r w:rsidR="000F1642">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 80–81]. Общество нуждалось в достаточном информировании о вирусе. Одним из последующих событий стал выход первого номера газеты «СПИД-Инфо» в сентябре 1989 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E50EA8D" w14:textId="773E02B8" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
-[...8 lines deleted...]
-    <w:p w14:paraId="77928FE7" w14:textId="2B83D3B3" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках исследования рассмотрено </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>восемь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выпусков газеты советского периода (ноябрь 1989 г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16 полос) и семь выпусков 1991 г. (в номерах 32 полосы). На рис. 1 отражены количество материалов из номеров с указанием публикаций на тему ВИЧ и упоминаний вируса в контексте других тем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2142DCFF" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00EE55C5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D24D7D7" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рис. 1. Тематика материалов определённых выпусков газеты СПИД-Инфо</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2979053C" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...125 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="0B810495" wp14:editId="6F996E44">
-            <wp:extent cx="5940000" cy="3644900"/>
+          <wp:inline distT="114300" distB="114300" distL="114300" distR="114300" wp14:anchorId="6A650AB5" wp14:editId="4158B811">
+            <wp:extent cx="5940000" cy="3670300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="image1.png" descr="Диаграмма"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.png" descr="Диаграмма"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940000" cy="3644900"/>
+                      <a:ext cx="5940000" cy="3670300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="582A4123" w14:textId="77777777" w:rsidR="007C3BBD" w:rsidRPr="00CA04E9" w:rsidRDefault="007C3BBD" w:rsidP="00CA04E9">
-[...69 lines deleted...]
-    <w:p w14:paraId="0CF87D09" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+    <w:p w14:paraId="22CA9621" w14:textId="47165D63" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
-[...15 lines deleted...]
-      <w:r w:rsidR="00BF0D3B" w:rsidRPr="00CA04E9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Показатели коррелируются с наблюдением исследователей И.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2E07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="00D62EE4" w:rsidRPr="00CA04E9">
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ролдугиной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и К. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сувериной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, утверждающих, что задача газеты не только в информировании о ВИЧ, но и в половом просвещении граждан [4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2E07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA04E9">
-[...11 lines deleted...]
-          <w:i/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>137]. Проблеме ВИЧ были посвящены публикации преимущественно на первых страницах номеров: в выпусках есть постоянные рубрики «А знаете ли вы, что…» (новости ассоциации борьбы со СПИДом, ситуация в СССР), «Вообще и в частности ВИЧ» (международная повестка об эпидемии), «Почта СПИД-Инфо» (письма неравнодушных читателей). Кроме того, в газете встречались памятки о способах распространения вируса, интервью со специалистами и их просветительские колонки, публицистические заметки людей, которых коснулась эпидемия, или проблемные материалы о явлениях и событиях, связанных с вирусом. Материалы отражают и разное отношение общества к проблеме: так, в №3 за 1991 г. была опубликована беседа ленинградского профессора-биолога со студентом, который панически боится СПИДа: «Дело в том, что очень боюсь заразиться; эта боязнь перешла в какое-то наваждение» [3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3]. Их диалог показывает, что развитие т.н. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>спидофобии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» влечёт за собой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Marginem –  “О женщинах” и “Против интерпретации и другие эссе” Сьюзан Зонтаг, а также книги “Тело каждого” Оливии Лэнг</w:t>
-[...133 lines deleted...]
-    <w:p w14:paraId="33E16AA8" w14:textId="584D1A3F" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+        <w:t>психологические проблемы, если не враждебный настрой к эпидемии, с чем должна бороться в том числе информационная повестка газеты «СПИД-Инфо».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EE46D4" w14:textId="40097954" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
-[...93 lines deleted...]
-    <w:p w14:paraId="69C58532" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00A80F7C" w:rsidP="00CA04E9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Однако нельзя сказать, что газета стала эффективным инструментом борьбы с эпидемией. Данные на рис. 1 показывают, что лишь около трети публикаций в номерах были посвящены ВИЧ. В остальных материалах речь шла о разных сторонах половой жизни граждан: факты из истории, консультации с врачами, пикантные, едва ли не эротические иллюстрации. Перевес в сторону стремления стать «рупором» полового воспитания способствовал повышению уровня грамотности и бдительности к здоровью, а также оставлял тему ВИЧ на втором плане. Вероятно, увлечение редакции публикациями об интимной жизни и большой читательский интерес к граничащим с пошлостью фотографиям стали причиной превращения издания в пример «жёлтой» прессы уже в постсоветский период</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="602020DC" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5993CB05" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким образом, газета «СПИД-Инфо», задуманная в период перестройки как информационный инструмент борьбы с эпидемией, несмотря на довольно широкое освещение проблем вокруг возникшей эпидемии, всё-таки не стала заметным способом борьбы с нею, поскольку акценты в материалах издания делались преимущественно на вопросах половой жизни и эротики, что снижало внимание к проблеме ВИЧ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B997CB3" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00EE55C5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A51C4A1" w14:textId="77777777" w:rsidR="00EE55C5" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CA04E9">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Литература</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E06253" w14:textId="77777777" w:rsidR="003A3D2B" w:rsidRPr="00CA04E9" w:rsidRDefault="003A3D2B" w:rsidP="00CA04E9">
-[...12 lines deleted...]
-    <w:p w14:paraId="5C28C605" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+    <w:p w14:paraId="0DF13A05" w14:textId="4E15D690" w:rsidR="00EE55C5" w:rsidRPr="00AF2E07" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
-[...8 lines deleted...]
-    <w:p w14:paraId="23418CAD" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бадугинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М. В. Вспышка ВИЧ-инфекции в конце 1980-х гг. на юго-востоке РСФСР: политика советского государства в борьбе с эпидемией (на материалах Калмыцкой АССР) // </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Oriental</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. 2024. Т. 17. № 1. С.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>75–92.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4B8A02" w14:textId="36D538BE" w:rsidR="00EE55C5" w:rsidRPr="00AF2E07" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
-[...44 lines deleted...]
-    <w:p w14:paraId="24BEA10A" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елисеева Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В. История перестройки в СССР: 1985–1991 гг.: Учеб. пособие. М.: РГГУ, 2016. 548 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFA77C5" w14:textId="04652202" w:rsidR="00EE55C5" w:rsidRPr="00AF2E07" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
-[...28 lines deleted...]
-    <w:p w14:paraId="4034CE74" w14:textId="77777777" w:rsidR="00A80F7C" w:rsidRPr="00CA04E9" w:rsidRDefault="00872901" w:rsidP="00CA04E9">
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Панически боюсь СПИДа» // СПИД-Инфо. 1991. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С. 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D1A2F3" w14:textId="6DC4C3B5" w:rsidR="00EE55C5" w:rsidRPr="00AF2E07" w:rsidRDefault="00347B7D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA04E9">
+      <w:r w:rsidRPr="00AF2E07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Фигурантов «Дела издателей» отправили под домашний арест // Осторожно, новости! 15.05.25. URL: </w:t>
-[...35 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Ролдугина И., </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CA04E9">
-[...5 lines deleted...]
-        <w:t>Шрайберг</w:t>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суверина</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CA04E9">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00A80F7C" w:rsidRPr="00CA04E9">
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К. Вспышка. Неизвестная история ВИЧ в СССР.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">М.: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Individuum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эксмо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF2E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 2024. 248 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00EE55C5" w:rsidRPr="00AF2E07">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1133" w:right="850" w:bottom="1133" w:left="1700" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{6EE2DADF-02D8-4ADB-A561-4CE0E360ABEF}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{58172328-934C-41C4-BE89-CBD58CA4198A}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{A41EC152-20F7-4A42-9EB5-35C6130C7845}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{D30EAD00-8E05-4343-A90A-3F39971F4A30}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4D4E7BB6"/>
+    <w:nsid w:val="37E34CFC"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="86EEFA96"/>
+    <w:tmpl w:val="37D8DC96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -1273,119 +1065,111 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1472016717">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A80F7C"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00FE6E5D"/>
+    <w:rsidRoot w:val="00EE55C5"/>
+    <w:rsid w:val="000B4C09"/>
+    <w:rsid w:val="000F1642"/>
+    <w:rsid w:val="00347B7D"/>
+    <w:rsid w:val="00684920"/>
+    <w:rsid w:val="008B08DA"/>
+    <w:rsid w:val="00AF2E07"/>
+    <w:rsid w:val="00EE55C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2A6AB56F"/>
-  <w15:docId w15:val="{F91ED8E3-E8C6-4E11-B8DD-6CBD5E73B2AC}"/>
+  <w14:docId w14:val="4E331DAB"/>
+  <w15:docId w15:val="{E8E95D3A-FAFE-4778-92BC-6B7085CFC6A5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1512,51 +1296,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1896,93 +1680,66 @@
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="320"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...28 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://t.me/ostorozhno_novosti/36640" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kommersant.ru/doc/7737518?query=ad%20marginem" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:batyaykin04@mail.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:batyaykin04@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2266,64 +2023,51 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>691</Words>
-  <Characters>3945</Characters>
+  <Words>670</Words>
+  <Characters>3825</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4627</CharactersWithSpaces>
+  <CharactersWithSpaces>4487</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:creator>Елена .</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>