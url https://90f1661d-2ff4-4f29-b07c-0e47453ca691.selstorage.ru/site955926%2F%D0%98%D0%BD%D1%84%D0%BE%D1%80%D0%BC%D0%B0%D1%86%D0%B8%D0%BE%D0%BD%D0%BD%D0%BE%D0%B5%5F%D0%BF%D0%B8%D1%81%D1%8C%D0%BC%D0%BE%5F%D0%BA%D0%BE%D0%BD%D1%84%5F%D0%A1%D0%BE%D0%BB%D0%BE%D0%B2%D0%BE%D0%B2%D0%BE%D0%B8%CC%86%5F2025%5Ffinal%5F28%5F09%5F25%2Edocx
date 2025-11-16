--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,7521 +1,9149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...11 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.wi18x4g45dri" w:id="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.wi18x4g45dri" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2239010</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1602105" cy="1562100"/>
-            <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:wrapTopAndBottom distB="0" distT="0"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTopAndBottom distT="0" distB="0"/>
             <wp:docPr id="3" name="image1.png"/>
-            <a:graphic>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1602105" cy="1562100"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые коллеги!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-2" w:firstLine="3"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...29 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗАО «Издательство «Титул», кафедра английского языка 4 МГИМО МИД России, кафедра методики факультета иностранных языков Московского государственного университета имени М.В. Ломоносова, Институт иностранных языков ФГБОУ ВО «Московский педагогический государ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ственный университет», Школа иностранных языков Национального исследовательского университета Высшая школа экономики, Военный университет Министерства обороны РФ, кафедра </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>переводоведения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и когнитивной лингвистики лингвистического факультета ФГБОУ ВО «Госуд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арственный университет просвещения», ГОУ ВО Московской области «Государственный социально-гуманитарный университет», Московский центр сертификации квалификаций в образовании Московского городского педагогического университета, ФГАОУ ВО «Национальный исслед</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овательский технологический университет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>МИСиС</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», ОЧУ ВО «Московская международная академия», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Умскул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Академия, Единая независимая ассоциация педагогов и Национальная ассоциация преподавателей английского языка, Институт иностранных языков РУДН, ИМЭС (Институ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т международных экономических связей), Департамент иностранных языков МФТИ, МБОУ ОДПО «Центр раз</w:t>
+      </w:r>
+      <w:r w:rsidR="007F5038">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вития образования» г. о. Самара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приглашают преподавателей, учителей, специалистов, методистов в области преподавания иностранных языков, аспирантов, магистрант</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ов, соискателей, студентов, проявляющих интерес к научно-исследовательским и методико-практическим проблемам, принять участие в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>VII Международной научно-практической конференции имени Е.Н. Солововой «Обучение иностранным языкам – современные проблемы и реш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ения»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, которая состоится </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...8 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>6 и 7 ноября 2025 года.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Начало работы конференции </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>6 ноября в 10.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (время московское).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
-[...391 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информационный партнер конференции - АО «Издательство „</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Просвещение“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма проведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 ноября — онлайн (в формате </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вебинара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7 ноября — оч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ные мастер-классы (МПГУ, г. Москва, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пр.Вернадского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 88).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках конференции планируется обсуждение актуальных вопросов теоретического и прикладного характера, связанных с теорией и практикой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>обучения иностранным языкам, с языковым контролем, применением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> современных технологий в обучении языкам, подготовкой и повышением квалификации учителей иностранных языков общеобразовательных школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тематические направления работы конференции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Теория и методика преподавания иностранных языков и культур.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Вопросы к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онтроля в преподавании иностранных языков и культур.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Лингводидактические аспекты преподавания иностранных языков и культур, методика обучения переводу и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>переводоведение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Современные технологии в обучении иностранным языкам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Профессиональные компет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енции преподавателей иностранных языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. «Молодой исследователь» — секция для начинающих исследователей (студенты, магистранты) в сфере методики и наук о языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приглашаем к участию в новом формате конференции - круглый стол «Ценностно-смысловые аспект</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы иноязычного образования».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...16 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обсуждение посвящено вопросам воспитания средствами иностранного языка и формированию системы ценностей школьников, студентов и будущих учителей. Участие возможно в качестве выступающего на 5-6 мин или в качестве слушателя. Реги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>страция обязательная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...31 lines deleted...]
-          <w:rtl w:val="0"/>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рабочие языки конференции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> — русский, английский.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
-[...27 lines deleted...]
-          <w:b w:val="1"/>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По итогам работы конференции будет издан электронный сборник статей (в формате PDF), индексируемый в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наукометрической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> базе РИНЦ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...12 lines deleted...]
-          <w:b w:val="1"/>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...10 lines deleted...]
-          <w:color w:val="0563c1"/>
+        </w:rPr>
+        <w:t>Сборники предыдущих конференций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        </w:rPr>
+        <w:t>I конференция (06.11.2019) —</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:highlight w:val="white"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId9">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId8">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://titul.online/book-info/solovova_sbornic</w:t>
+          <w:t>https://titul.online/book-info/solovova_sbornic</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...11 lines deleted...]
-          <w:color w:val="0563c1"/>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        </w:rPr>
+        <w:t>II конференция (06.11.2020) —</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:highlight w:val="white"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId11">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId10">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://titul.online/book-info/solovova_collection_II_final</w:t>
+          <w:t>https://titul.online/book-info/solovova_collection_II_final</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...11 lines deleted...]
-          <w:color w:val="0563c1"/>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        </w:rPr>
+        <w:t>III конференция (06.11.2021) —</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:highlight w:val="white"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId12">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://titul.online/demo-books/solovova_sbornik_III</w:t>
+          <w:t>https://titul.online/demo-books/solovova_sbornik_III</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...11 lines deleted...]
-          <w:color w:val="1155cc"/>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1155CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...9 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>IV конференция (06.11.2022) —</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId15">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId14">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="1155cc"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="1155CC"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://titul.online/book-info/solovova_sbornik_IV</w:t>
+          <w:t>https://titul.online/book-info/solovova_sbornik_IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...20 lines deleted...]
-          <w:rtl w:val="0"/>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">V конференция (6.11.2023) — </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId15">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="1155cc"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="1155CC"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://titul.online/book-info/solovova_sbornik_V</w:t>
+          <w:t>https://titul.online/book-info/solovova_sbornik_V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
-[...14 lines deleted...]
-          <w:rtl w:val="0"/>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">VI конференция (6.11.2024) — </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId16">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://titul.online/book-info/Solovova_sbornic_VI</w:t>
+          <w:t>https://titul.online/book-info/Solovova_sbornic_VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
-[...39 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отдельные материалы бу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дут рекомендованы к печати в журналах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        </w:rPr>
+        <w:t>«Дискурс профессиональной коммуникации» / “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Professional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Discourse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Communication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>” (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">www.pdc-journal.com</w:t>
+          <w:t>www.pdc-journal.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> | Подразделения МГИМО (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId18">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://mgimo.ru/</w:t>
+          <w:t>https://mgimo.ru/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        </w:rPr>
+        <w:t>«Иностранный язык в школе» (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://iyash.ru/</w:t>
+          <w:t>https://iyash.ru/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        </w:rPr>
+        <w:t>«Английский язык в школе» («ЗАО «Издательство Титул» (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">www.titul.ru/englishatschool</w:t>
+          <w:t>www.titul.ru/englishatschool</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
-[...51 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.2qhwhf206m9m" w:id="1"/>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подробные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>требования к оформлению материалов представлены на сайтах журналов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.2qhwhf206m9m" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Все участники конференции могут</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>принять участие в курсе повышения квалификации МГИМО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Обучение иностранным языкам – современные проблемы и решения» объемом </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>16 академических часов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с получ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ением электронного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>удостоверения установленного образца</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Для получения удостоверения необходимо отправить на почту </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId21">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">innolang@inno.mgimo.ru</w:t>
+          <w:t>innolang@inno.mgimo.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> до </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+        </w:rPr>
+        <w:t>10.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">заявление и согласие на обработку персональных данных (скачать здесь - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId22">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://disk.yandex.ru/i/D2pH_yyQkreGKg</w:t>
+          <w:t>https://disk.yandex.ru/i/D2pH_yyQkreGKg</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+        </w:rPr>
+        <w:t>скан паспорта,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">СНИЛС, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">скан диплома об образовании, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+        </w:rPr>
+        <w:t>свидетельство о браке (при смен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">фамилии). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
-[...349 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатели оргкомитета конференции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Копылова Виктория Викторовна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат педагогических наук, профессор, вице-президент ГК «Просвещение» по издательской деятельности, член Правительственной комиссии по русскому языку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гашимов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Эльчин Айдын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ович, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доктор филологических наук, доцент, Почетный работник общего образования Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заместители председателей оргкомитета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конобеев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алексей Васильевич</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат педагогических наук, главный редактор издательства «Титул» и журнала «Английс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кий язык в школе», академический директор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Умскул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Академии, доцент кафедры лингводидактики и СТИО Института иностранных языков ФГБОУ ВО «Московский педагогический государственный университет», старший научный сотрудник Лаборатории филологического общего обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азования ИСРО РАО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хитрова Ирина Викторовна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат педагогических наук, доцент, доцент кафедры английского языка № 6 МГИМО МИД России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ученый секретарь конференции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Платкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алёна Евгеньевна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, заместитель руководителя Центра образовательных программ изд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ательства «Титул».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель дня мастер-классов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Трешина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Инга Валерьевна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат педагогических наук, доцент, заведующий кафедрой лингводидактики и современных технологий иноязычного образования Института иностранных языков ФГБОУ ВО «Московский педагогический государственный университет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...114 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены оргкомитета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ахренова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наталья Александровна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, доктор филологических наук, доцент, главный специалист по стратегическому развитию Института иностранных языков РУДН, вице-президент Национального общества прикладной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>лингвистики, руководитель Московского областного регионал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ьного отделения Союза переводчиков России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Войтик</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Роман Викторович</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, полковник, начальник Центра (лингвистического МО РФ) Военного университета МО РФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Гулов Артём Петрович, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...373 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доктор педагогических наук, доцент кафедры английского языка № 6 МГИМО МИД России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уреева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анна Витальевна, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кандидат педагогических наук, доцент кафедры английского языка № 4 МГИМО МИД России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зарипов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руслан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ирикович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат филологических наук, майор, докторант Военного университета МО РФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казачкова Мария Борисовна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат филологиче</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ских наук, доцент кафедры английского языка факультета финансовой экономики МГИМО МИД России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нечепуренко Татьяна Леонидовна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат философских наук, старший преподаватель кафедры английского языка № 4 МГИМО МИД России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пикалова Виктория Владимировна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">андидат филологических наук, доцент, доцент кафедры юридического перевода Университета имени О.Е. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кутафина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (МГЮА).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Платкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алёна Евгеньевна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, заместитель руководителя Центра образовательных программ издательства «Титул».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Резцова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Светлана Алексеевна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандид</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ат педагогических наук, доцент, заведующий кафедрой лингвистики и межкультурной коммуникации факультета иностранных языков ГОУ ВО МО «Государственный социально-гуманитарный университет», вице-президент Территориально-профессиональной группы «Коломенская ас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социация преподавателей английского языка» Национальной ассоциации преподавателей английского языка России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Родоманченко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аида Сергеевна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат педагогических наук, доцент Школы иностранных языков Национального исследовательского университета «Высшая шко</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ла экономики», доцент кафедры иностранных языков НИТУ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>МИСиС</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саламатина Ирина Ивановна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, доктор педагогических наук, профессор, декан факультета иностранных языков ГОУ ВО Московской области «Государственный социально-гуманитарный университет», академик Межд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ународной академии наук педагогического образования, президент Территориально-профессиональной группы «Коломенская ассоциация преподавателей английского языка» Национальной ассоциации преподавателей английского языка России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самигуллина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дамировна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дидат филологических наук, доцент кафедры английского языка № 4 МГИМО МИД России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Санникова Светлана Владимировна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, кандидат педагогических наук, доцент кафедры </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полилингвального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения и международного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бакалавриата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НГЛУ им. Н.А. Добролюбова (г. Нижний Нов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">город), доцент кафедры восточных и романо-германских языков </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЧелГУ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г.Челябинск</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), председатель координационного Совета </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НАПАЯз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Твердохлебова Ирина Петровна, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...133 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кандидат педагогических наук, доцент, заведующий кафедрой русского и иностранных языков Московского </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственного геологоразведочного университета, главный редактор журнала «Иностранные языки в школе».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тимченко Мария Владимировна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат педагогических наук, доцент, заведующий кафедрой английского языка № 4 МГИМО МИД России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Умерова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мария Викторовна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат филологических наук, доцент, доцент кафедры английского языка № 6 МГИМО МИД России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Усачев Евгений Владимирович</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, директор Института лингвистики ОЧУ ВО «Московская международная академия», старший преподаватель Департамента иностранных языков МФТ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чигашева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Марина Анатольевна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат филологических наук, доцент, профессор кафедры немецкого языка, начальник Управления языковой подготовки МГИМО МИД России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Швец Татьяна Петровна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, кандидат искусствоведения, доцент кафедры № 1 МГИМО МИД России.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
       <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...59 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Почетные гости конференции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соловов Юрий Иванович</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...41 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>почетный гость конференции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соловов Максим Юрьевич</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...41 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>почетный гость конференции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соловов Кирилл Юрьевич</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...200 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>почетный гость конференции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формы участия в конференции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) слушатель конференции (онлайн, 6 ноября),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) спикер конференции (онлайн, 6 ноября, регламент 5–10 минут),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ведущий мастер-класса (очно, 7 ноября, регламент 25–30 минут),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) участник мастер-класса (очно, 7 ноября),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) публикация статьи в сборнике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обязательно необходимо зарегистрироваться в каче</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стве слушателя, спикера, для проведения или посещения мастер-класса по ссылке </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://forms.gle/62xZKcMsBiyWim2f7</w:t>
+          <w:t>https://forms.gle/62xZKcMsBiyWim2f7</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...45 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для участия в конференции необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>для выступления с докладом на онлайн-дне и/или для проведения мастер-класса—</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:color w:val="ee0000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>до 27 октября 2025 года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> прислать пакет обязательных материалов: название доклада/мастер-класса, краткие тезисы и заполненную информационную карту участника, оформленные в соответствии с требованиями, на электронный адрес </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId24">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">conference@titul.ru</w:t>
+          <w:t>conference@t</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>itul.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>для публикации статьи в сборнике</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> — </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:color w:val="ee0000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>до 30 ноября 2025 года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">прислать пакет обязательных материалов: текст статьи и информационную карту участника, оформленные в соответствии с требованиями, на электронный адрес </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId25">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">conference@titul.ru</w:t>
+          <w:t>conference@titul.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:rtl w:val="0"/>
-[...55 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ВНИМАНИЕ!!!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Название темы письма: </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">«Тезисы доклада ФИО МНПК 6 ноября 2025» </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...35 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Тезисы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мастеркласса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ФИО МНПК 6 ноября 2025» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Статья ФИО МНПК 6 ноября 2025». </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...34 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тезисы и статья присылаются ОТДЕЛЬНЫМИ письмами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">К письму должен быть приложен один файл материала (тезисы выступления или статья для публикации) (пример названия файла: тезисы_Иванов_ИИ_МНПК_6ноября2025 или статья_Иванов_ИИ_МНПК_6ноября2025), </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включающий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заполненную </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заявку участника</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в файле </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Microsoft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Wor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (см. Приложение 1) </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...8 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>после списка использованной литературы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> с новой страницы. При расчете стоимости публикации таблица с заявкой учитываться не будет. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...45 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+        </w:rPr>
+        <w:t>В случае, если заявка прислана отдельным файлом, в ином формате кроме .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>doc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или фотографией/скриншотом, ма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>териал не принимается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки рассмотрения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Тезисы докладов будут рассматриваться оргкомитетом с 28 октября по 3 ноября 2025 года. Темы принятых докладов будут опубликованы в файле программы конференции на сайте </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId26">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://ensolovovaconference.ru/</w:t>
+          <w:t>https://ensolovovaconference.ru/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Тексты статей будут проходить рецензирование в период с 1 по 23 декабря 2025 года. Ответ с решением о публикации или об отказе в публикации будет дан не позднее 24 декабря 2025 года в электронном письме. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
-[...39 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к докладу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">●</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Тезисы доклада оформляются в текстовом редакторе Word (версия 2003–2007).</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+        <w:t xml:space="preserve">Тезисы доклада оформляются в текстовом редакторе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Word</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (версия 2003–2007).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">●</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">В верхнем правом углу необходимо указать фамилию, имя, отчество автора (авторов), название страны и населенного пункта.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> верхнем правом углу необходимо указать фамилию, имя, отчество автора (авторов), название страны и населенного пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">●</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Заголовок необходимо выполнить прописными буквами, полужирное начертание, выравнивание по центру.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заголовок необходимо выполнить прописными буквами, полужирное начертание, выравнивание по центру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">●</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">К тезисам доклада необходимо добавить (в тот же файл Word) заполненную анкету (см. Приложение 1 к Информационному письму). </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+        <w:t xml:space="preserve">К тезисам доклада необходимо добавить (в тот же файл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Word</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) заполненную анкету (см. Приложение 1 к Информационному письму). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">●</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Продолжительность доклада не более 10 минут.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+        <w:t>Продолжительность доклада не б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олее 10 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">●</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>●</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Необходимое оборудование: компьютер (или ноутбук), камера и микрофон, стабильное подключение к интернету. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...55 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к содержанию и оформлению статьи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (пример оформления в Приложении 2):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
-[...37 lines deleted...]
-          <w:rtl w:val="0"/>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Объем статьи для публикации в сборнике — до 10 стр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аниц. Минимальный объем — 5 страниц. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья должна содержать аннотацию (объем до 150 слов) и ключевые слова (5–6 слов) </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...98 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТОЛЬКО на языке статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формат текста:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> текстовый редактор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Word</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (версия 2003–2007).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В верхнем правом углу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо указать фамилию, имя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, отчество автора (авторов), название страны и населенного пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заголовок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> материалов для публикации необходимо выполнить </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРОПИСНЫМИ БУКВАМИ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полужирное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> начертание, выравнивание по центру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
-[...30 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При форматировании текста использовать следующие параметры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+        </w:rPr>
+        <w:t>шрифт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Times</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+        </w:rPr>
+        <w:t>кегль шрифта — 14</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+        </w:rPr>
+        <w:t>интервал — полуторный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+        </w:rPr>
+        <w:t>параметры страницы: формат А4; поля: правое — 20 мм, левое — 30 мм, верхнее — 20 мм, нижнее — 20 мм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+        </w:rPr>
+        <w:t>абзац (отступ первой строки) — 1,25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
+        </w:rPr>
+        <w:t>выравнивание — по ширине</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
+        </w:rPr>
+        <w:t>нумерация страниц — нет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="718" w:hanging="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">иллюстрации нумеруются и вставляются в текст. Иллюстрации, заимствованные из чужих материалов, обязательно должны сопровождаться прямой ссылкой на источник. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
-[...124 lines deleted...]
-          <w:rtl w:val="0"/>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Список использованных источников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оформляется в алфавитном порядке в соответствии с ГОСТ в конце м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атериала для публикации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ссылки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по тексту на соответствующие источники оформляются в квадратных скобках, например, [1, с. 8]. Использование автоматических постраничных ссылок запрещено. Количество ссылок в списке литературы на собственные источники — не б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олее двух наименований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оригинальность текста должна составлять не менее 75%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (в случае, если оригинальность текста составляет менее 75%, оргкомитет конференции отклоняет статью). </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К статье необходимо приложить скриншот страницы с проверкой текста статьи на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">плагиат через доступный сервис </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>антиплагиата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оргкомитет конференции рассматривает поступившие материалы для публикации, сохраняя за собой право отклонять работы, не соответствующие тематике и представленным выше требованиям.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>По поводу отклоненных статей ор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...12 lines deleted...]
-          <w:color w:val="ff0000"/>
+        </w:rPr>
+        <w:t>гкомитет в переписку не вступает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ответственность за научный и методологический уровень содержания материалов для публикации (статей), соответствие оформления списка источников согласно ГОСТ </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>несут авторы подготовленных материалов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Статьи публикуются в авторской редакции. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:color w:val="ff0000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...40 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>Неверно оформленные материалы не принимаются на рассмотрение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Участие в конференции в качестве слушателя и (или) спикера/ведущего мастер-класса – </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...76 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бесплатное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Публикация в сборнике: организационный взнос.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стоимост</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ь 1 полной или неполной страницы – 200 рублей. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Оплата производится только </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>после одобрения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оргкомитетом статьи к публикации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
-[...32 lines deleted...]
-          <w:rtl w:val="0"/>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Дополнительная информация (сведения об оргкомитете конференции, итоговая программа, новости и т.д.) будет размещаться на сайте </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId27">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://www.ensolovovaconference.ru/</w:t>
+          <w:t>https://www.ensolovovaconference.ru/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Вопросы, связанные с работой конференции, можно присылать на электронный адрес </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId28">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="0563c1"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">conference@titul.ru</w:t>
+          <w:t>conference@titul.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оргкомитет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="none" w:pos="4677"/>
-          <w:tab w:val="left" w:leader="none" w:pos="6660"/>
+          <w:tab w:val="center" w:pos="4677"/>
+          <w:tab w:val="left" w:pos="6660"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заявка участника конференции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...36 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(для спикеров, ведущих мастер-классов и авторов статей)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table1"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="af3"/>
+        <w:tblW w:w="9345" w:type="dxa"/>
+        <w:tblInd w:w="-113" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5240"/>
         <w:gridCol w:w="4105"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C1564F">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Фамилия, имя, отчество автора (авторов) полностью</w:t>
+              <w:t>Фамилия, имя, отчество автора (авторов) полностью</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+          <w:tcPr>
+            <w:tcW w:w="4105" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C1564F">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Место работы (учебы)</w:t>
+              <w:t>Место работы (учебы)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+          <w:tcPr>
+            <w:tcW w:w="4105" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C1564F">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Научная степень, звание, должность (для тех, кто работает)</w:t>
+              <w:t>Научная степень, звание, должность (для тех, кто работает)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+          <w:tcPr>
+            <w:tcW w:w="4105" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C1564F">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Название статьи</w:t>
+              <w:t>Название статьи</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
+          <w:tcPr>
+            <w:tcW w:w="4105" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C1564F">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Электронный адрес автора (авторов)</w:t>
+              <w:t>Электронный адрес автора (авторов)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
+          <w:tcPr>
+            <w:tcW w:w="4105" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C1564F">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тематическое направление работы</w:t>
+              <w:t>Тематическое направление работы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:i w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Теория и методика преподавания иностранных языков и культур.</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>1. Теория и методика преподавания иностранных языков и культур.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:i w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Вопросы контроля в преподавании иностранных языков и культур.</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>2. Вопросы контроля в преподавании иностранных языков и культур.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:i w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Лингводидактические аспекты преподавания иностранных языков и культур.</w:t>
+              <w:t>3. Лингводидактические аспекты преподавания иностранных я</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>зыков и культур.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:i w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Современные технологии в обучении иностранным языкам.</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>4. Современные технологии в обучении иностранным языкам.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Профессиональные компетенции преподавателей иностранных языков.</w:t>
+              <w:t>5. Профессиональные компетенции преподавателей иностранных языков.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. «Молодой исследователь» - секция для начинающих исследователей (студенты, магистранты) в сфере методики и наук о языке.</w:t>
+              <w:t>6. «Молодой исследователь» - секция для начинающих исследователей (студенты, магистранты) в сфере методики и наук о</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t xml:space="preserve"> языке.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
+          <w:tcPr>
+            <w:tcW w:w="4105" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C1564F">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Форма участия в конференции (выбрать одну)</w:t>
+              <w:t>Форма участия в конференции (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>укажите подходящее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="361" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">доклад спикера 6 ноября онлайн</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>доклад спикера 6 ноября онлайн</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="361" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">ведущий мастер-класса 7 ноября очно </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="361" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">только публикация статьи в сборнике</w:t>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:t>только публикация статьи в сборнике</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
+          <w:tcPr>
+            <w:tcW w:w="4105" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C1564F">
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">ФИО (полностью) научного руководителя</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>ФИО (полностью) научного руководителя</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">(для студентов, бакалавров, магистрантов,</w:t>
+              <w:t>(для студентов, бакалавров, магистрантов,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">аспирантов)</w:t>
+              <w:t>аспирантов)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
+          <w:tcPr>
+            <w:tcW w:w="4105" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1" w:hanging="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Образец оформления статьи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Иванов И. И.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РФ, Москва</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1" w:hanging="3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...201 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НАЗВАНИЕ СТАТЬИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аннотация / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: текст…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ключевые слова / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Key</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: текст...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Текст </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [1, c. 50]. Текст </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текст</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Список литературы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Зализняк А.А. Семантическая деривация в синхронии и диахронии: пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оект «Каталога семантических </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>переходов»/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/ Вопросы языкознания. М.: 2001. № 2. С. 13–25.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Куряева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р.И. Инновации в работе с английским алфавитом и изучении отдельных грамматических явлений // Вестник Омского государственного педагогического университета. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гуманитарные исследования. 2018. № 4 (21). URL: https://cyberleninka.ru/article/n/innovatsii-v-rabote-s-angliyskim-alfavitom-i-izuchenii-otdelnyh-grammaticheskih-yavleniy (дата обращения: 14.09.2020).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Ожегов С.И., Шведова Н.Ю. Толковый словарь русского </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>языка. 4-е изд. М.: Азбуковник. 1998. 678 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00441B37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F5038">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Grieve J.A Dictionary of Contemporary French Connectors. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>York</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Routledge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 2016. 544 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1564F" w:rsidRDefault="00C1564F">
       <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-      <w:pgMar w:bottom="1134" w:top="709" w:left="1418" w:right="991" w:header="708" w:footer="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C1564F">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="709" w:right="991" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...3 lines deleted...]
-  <w:font w:name="Courier New"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Noto Sans Symbols">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="Roboto">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Noto Sans Symbols">
-[...1 lines deleted...]
-    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId6" w:subsetted="0"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="03AC1F0F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="528E699A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="718" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1438" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2158" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2878" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5758" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6478" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="1EF30109"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AE2A1460"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="718" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1438" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2158" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2878" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5758" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6478" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="3086458D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E2BC04BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="718" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1438" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2158" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2878" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5758" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6478" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="596A6D94"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="384620F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="718" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1438" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2158" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2878" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5758" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6478" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="66796AD6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CC4ACF98"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="718" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1438" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2158" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2878" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5758" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6478" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="72853074"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0484AF78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="361" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1081" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1801" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2521" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3241" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3961" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4681" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5401" w:hanging="360"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6121" w:hanging="180"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00C1564F"/>
+    <w:rsid w:val="00441B37"/>
+    <w:rsid w:val="007F5038"/>
+    <w:rsid w:val="00C1564F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{7F9E5703-1C63-4368-8C9B-A2CE0CDB32BF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru"/>
+        <w:lang w:val="ru" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="1"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
-[...8 lines deleted...]
-    </w:tblPr>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:b w:val="1"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a0" w:default="1">
-[...9 lines deleted...]
-    <w:unhideWhenUsed w:val="1"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
     <w:tblPr>
-      <w:tblInd w:w="0.0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="a2" w:default="1">
-[...16 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal0" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
     <w:name w:val="Table Normal"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="0.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:color w:val="0563c1"/>
+      <w:color w:val="0563C1"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:u w:val="single"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="1"/>
-      <w:ind w:left="-1" w:leftChars="-1" w:hangingChars="1"/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1"/>
       <w:textDirection w:val="btLr"/>
       <w:textAlignment w:val="top"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:position w:val="-1"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:color="auto" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-        <w:insideV w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing w:val="1"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="10" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Неразрешенное упоминание1"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:color w:val="605e5c"/>
+      <w:color w:val="605E5C"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
-      <w:shd w:color="auto" w:fill="e1dfdd" w:val="clear"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="11" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Обычный (веб)1"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="b" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="b">
     <w:name w:val="b"/>
     <w:basedOn w:val="a0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="12" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-      <w:bCs w:val="1"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:w w:val="100"/>
       <w:kern w:val="36"/>
       <w:position w:val="-1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a7">
     <w:next w:val="11"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a8" w:customStyle="1">
-    <w:basedOn w:val="TableNormal0"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
+    <w:basedOn w:val="TableNormal1"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="108.0" w:type="dxa"/>
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00071BAE"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00D73FFE"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="annotation text"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00D73FFE"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ac" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Текст примечания Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="00D73FFE"/>
     <w:rPr>
       <w:position w:val="-1"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="ab"/>
     <w:next w:val="ab"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00D73FFE"/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ae" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Тема примечания Знак"/>
     <w:basedOn w:val="ac"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="00D73FFE"/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
       <w:position w:val="-1"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Balloon Text"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00810A28"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:cs="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af0" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="00810A28"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:cs="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:position w:val="-1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="af2" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af1">
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af3">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:left w:w="108.0" w:type="dxa"/>
-[...30 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iyash.ru/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:innolang@inno.mgimo.ru" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.titul.ru/englishatschool" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.gle/62xZKcMsBiyWim2f7" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://disk.yandex.ru/i/D2pH_yyQkreGKg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_sbornic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:conference@titul.ru" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:conference@titul.ru" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ensolovovaconference.ru/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensolovovaconference.ru/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:conference@titul.ru" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_sbornic" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_collection_II_final" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_collection_II_final" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/demo-books/solovova_sbornik_III" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/demo-books/solovova_sbornik_III" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_sbornik_IV" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_sbornik_IV" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/Solovova_sbornic_VI" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_sbornik_V" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mgimo.ru/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pdc-journal.com" TargetMode="External"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_sbornic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_sbornik_IV" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mgimo.ru/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensolovovaconference.ru/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:innolang@inno.mgimo.ru" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_sbornic" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/demo-books/solovova_sbornik_III" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pdc-journal.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:conference@titul.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/Solovova_sbornic_VI" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.titul.ru/englishatschool" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/demo-books/solovova_sbornik_III" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:conference@titul.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_sbornik_V" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.gle/62xZKcMsBiyWim2f7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:conference@titul.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_collection_II_final" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iyash.ru/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_collection_II_final" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://titul.online/book-info/solovova_sbornik_IV" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://disk.yandex.ru/i/D2pH_yyQkreGKg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ensolovovaconference.ru/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7794,50 +9422,74 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miUbrs46N5/zDiGVqYTEUDK4OQHvQ==">CgMxLjAyDmgud2kxOHg0ZzQ1ZHJpMg5oLjJxaHdoZjIwNm05bTgAciExaWhYUnRPaXlQZWxjSWgwSDR3WFVuYTdaNTZ4MzhZMDM=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>9</Pages>
+  <Words>2817</Words>
+  <Characters>16057</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>133</Lines>
+  <Paragraphs>37</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>SPecialiST RePack</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>18837</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Алёна Платкова;Алексей Конобеев;Ирина Хитрова</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Алёна Платкова;Алексей Конобеев;Ирина Хитрова</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>